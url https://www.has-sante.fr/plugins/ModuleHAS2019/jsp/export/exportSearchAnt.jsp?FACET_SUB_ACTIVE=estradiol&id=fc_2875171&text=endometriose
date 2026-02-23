--- v0 (2025-10-23)
+++ v1 (2026-02-23)
@@ -269,51 +269,51 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
   </si>
   <si>
     <t>c_1759931</t>
   </si>
   <si>
     <t>Contraception d’urgence : dispensation en officine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
   </si>
   <si>
     <t>c_1759990</t>
   </si>
   <si>
     <t>Transidentité : prise en charge de l’adulte</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/07/2025 10:28:47</t>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 09 octobre 2024</t>
   </si>
   <si>
     <t>03/10/2024 09:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3545982/fr/commission-de-la-transparence-reunion-du-09-octobre-2024</t>
   </si>
   <si>
     <t>p_3545982</t>
   </si>