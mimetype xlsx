--- v0 (2025-11-26)
+++ v1 (2026-01-15)
@@ -71,51 +71,51 @@
   <si>
     <t>17/05/2017 17:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2768510/fr/place-des-tests-adn-libre-circulant-dans-le-sang-maternel-dans-le-depistage-de-la-trisomie-21-foetale</t>
   </si>
   <si>
     <t>c_2768510</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Transidentité : prise en charge de l’adulte</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/07/2025 10:28:47</t>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Maladie de Willebrand type 3</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de MW type 3. Il a été élaboré par le Centre de Référence de la Maladie de Willebrand (CRMW) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>18/01/2022 09:58:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3309665/fr/maladie-de-willebrand-type-3</t>
   </si>
   <si>
     <t>p_3309665</t>
   </si>