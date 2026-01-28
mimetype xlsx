--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -9,149 +9,188 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>03/08/2012 16:15:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif principal l’amélioration des pratiques des équipes amenées à mettre en œuvre les interventions auprès des enfants/adolescents avec TED, en particulier de mieux évaluer les besoins et ressources individuels de l’enfant et de sa famille, dans chacun des domaines de fonctionnement et de participation habituellement touchés par les répercussions des TED en vue de proposer un projet personnalisé d’interventions coordonnées considérées pertinentes pour répondre à ces besoins. Cette recommandation vise à répondre aux questions suivantes : - Quels sont les domaines du fonctionnement et de la participation de l’enfant ou de l’adolescent dans lesquels une évaluation régulière de son développement est nécessaire pour appréhender au mieux ses besoins et ses ressources ? - Quelles interventions proposer en fonction des besoins repérés dans chacun des domaines identifiés ? - Comment assurer l’organisation optimale des interventions et du parcours de l’enfant ou de l’adolescent ? Ces recommandations sont également disponibles sur le site www.anesm.sante.gouv.fr, au format des recommandations de l'Anesm.</t>
+  </si>
+  <si>
+    <t>07/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2012 16:15:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_953959</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome du grêle court de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint d’un Syndrome du Grêle Court (SGC) nécessitant un traitement prolongé et spécialisé. Il a été élaboré par le Centre de référence des maladies rares digestives (MaRDi) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2023 18:02:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3449629/fr/syndrome-du-grele-court-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3449629</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Autisme : la HAS et l’Anesm recommandent un projet personnalisé d’interventions pour chaque enfant</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé (HAS) et l’Agence nationale de l’évaluation et de la qualité des établissements et services sociaux et médico-sociaux (Anesm) publient ce jour des recommandations de bonne pratique sur les interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent avec autisme ou autres troubles envahissants du développement (TED).</t>
+  </si>
+  <si>
+    <t>08/03/2012 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1224096/fr/autisme-la-has-et-l-anesm-recommandent-un-projet-personnalise-d-interventions-pour-chaque-enfant</t>
+  </si>
+  <si>
+    <t>c_1224096</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +204,95 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>27</v>
+      </c>
+      <c r="H4" t="s">
+        <v>28</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>