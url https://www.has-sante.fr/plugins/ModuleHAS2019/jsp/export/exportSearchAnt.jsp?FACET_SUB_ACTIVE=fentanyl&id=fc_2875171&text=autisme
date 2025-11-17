--- v0 (2025-11-17)
+++ v1 (2025-11-17)
@@ -9,95 +9,164 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="39">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...2 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome d’Angelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome d'Angelman. Il a été élaboré par le Centre de Référence des Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300847/fr/syndrome-d-angelman</t>
+  </si>
+  <si>
+    <t>p_3300847</t>
+  </si>
+  <si>
+    <t>Mucopolysaccharidoses (MPS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucopolysaccharidose (MPS). Il a été élaboré par le Centre de Référence des Maladies Lysosomales (CRML) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2025 08:28:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659924/fr/mucopolysaccharidoses-mps</t>
+  </si>
+  <si>
+    <t>c_2659924</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Label – Diagnostic et prise en charge de l’encéphalopathie anoxo-ischémique néonatale à la phase aiguë – Note de cadrage</t>
+  </si>
+  <si>
+    <t>13/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2024 08:59:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3560561/fr/label-diagnostic-et-prise-en-charge-de-l-encephalopathie-anoxo-ischemique-neonatale-a-la-phase-aigue-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3560561</t>
+  </si>
+  <si>
+    <t>Évaluation et prise en charge thérapeutique de la douleur chez les personnes âgées ayant des troubles de la communication verbale</t>
+  </si>
+  <si>
+    <t>Élaborer des recommandations concernant l'évaluation et le traitement de la douleur chez les personnes âgées ayant des troubles de la communication verbale.</t>
+  </si>
+  <si>
+    <t>01/10/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/2000 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272123/fr/evaluation-et-prise-en-charge-therapeutique-de-la-douleur-chez-les-personnes-agees-ayant-des-troubles-de-la-communication-verbale</t>
+  </si>
+  <si>
+    <t>c_272123</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -107,101 +176,205 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>20</v>
+      </c>
+      <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>32</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>