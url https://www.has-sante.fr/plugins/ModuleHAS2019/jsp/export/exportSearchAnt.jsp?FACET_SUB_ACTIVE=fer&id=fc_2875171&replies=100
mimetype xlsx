--- v0 (2025-11-07)
+++ v1 (2026-02-15)
@@ -1,11242 +1,1981 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
-[...5 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...11 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId15" sheetId="13"/>
+    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Chronic disease guide" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Documents for Patients" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Health technology assess" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Drugs" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...11 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Documents for Patients'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2175" uniqueCount="1298">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="343" uniqueCount="226">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>DEKAS AQUA-E LIQUIDE</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Clinical and economic assessment of screening for HFE1 haemochromatosis in 2004</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>04/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2004 14:09:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>22/03/2025 00:00:00</t>
-[...602 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+    <t>https://www.has-sante.fr/jcms/c_464134/en/clinical-and-economic-assessment-of-screening-for-hfe1-haemochromatosis-in-2004</t>
+  </si>
+  <si>
+    <t>c_464134</t>
+  </si>
+  <si>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in adults</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and overall follow-up of adults with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of professionals (health, social and medico-social field, adapted physical activity, occupational health) and looks at the situations in which the person’s primary care physician may consult them.</t>
+  </si>
+  <si>
+    <t>02/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Alpha-mannosidose</t>
-[...50 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
+    <t>Chronic hepatitis B</t>
+  </si>
+  <si>
+    <t>This guide is intended as a practical reference tool for primary care doctors managing hepatitis B.</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/15/2024 15:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_452115/en/chronic-hepatitis-b</t>
+  </si>
+  <si>
+    <t>c_452115</t>
+  </si>
+  <si>
+    <t>Acquired and inherited aplastic anemia</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+  </si>
+  <si>
+    <t>05/04/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Syndrome de Townes – Brocks</t>
-[...281 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3353115/fr/anorexie-mentale-a-debut-precoce-amp</t>
+    <t>Early-Onset Anorexia Nervosa</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway for a child/adolescent with MPA. It was drawn up by the Centre de Référence Anorexie Mentale à début Précoce, using a methodology proposed by the HAS. It has not been validated by the HAS, which did not participate in its development.</t>
+  </si>
+  <si>
+    <t>07/27/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353115/en/early-onset-anorexia-nervosa</t>
   </si>
   <si>
     <t>p_3353115</t>
   </si>
   <si>
-    <t>Monosomie 5p</t>
-[...1280 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2820336/fr/accouchement-normal-accompagnement-de-la-physiologie-et-interventions-medicales</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Normal childbirth: support of physiology and medical interventions</t>
+  </si>
+  <si>
+    <t>Define for women at low obstetric risk how to take care of the pace and spontaneous development of birth and women's preferences. Improve and guarantee the quality and safety of maternal and newborn care.</t>
+  </si>
+  <si>
+    <t>11/23/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>01/25/2018 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820336/en/normal-childbirth-support-of-physiology-and-medical-interventions</t>
   </si>
   <si>
     <t>c_2820336</t>
   </si>
   <si>
-    <t>Prise en charge des dysthyroïdies chez l’adulte</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
+    <t>Foot problems in the elderly: podiatric assessment and management</t>
+  </si>
+  <si>
+    <t>The aim of these guidelines is to: establish clinical assessment criteria to identify symptoms of foot problems and identify risk factors that need a specialist opinion or treatment; recommend appropriate podiatry treatments, following assessment of their efficacy and effect on autonomy in the elderly, in particular on standing balance and walking; establish criteria for patient referral to the most appropriate health professional; provide a shared record to encourage communication with the patient and between the health professionals treating the foot problem.</t>
+  </si>
+  <si>
+    <t>11/26/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/08/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
   </si>
   <si>
     <t>c_272462</t>
   </si>
   <si>
-    <t>Label - Surveillance médico-professionnelle des travailleurs exposés ou ayant été exposés à la silice cristalline</t>
-[...59 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3150640/fr/prise-en-charge-des-mutilations-sexuelles-feminines-par-les-professionnels-de-sante-de-premier-recours</t>
+    <t>Management of female genital mutilation by primary healthcare professionals</t>
+  </si>
+  <si>
+    <t>This best practice guideline is concerned with improving the treatment and management of children, teenage girls, and women who have undergone or at a risk of undergoing female genital mutilation. Its objectives are as follows: to foster primary healthcare professionals’ knowledge of female genital mutilation; to prevent the occurrence of female genital mutilation through improved information delivered by healthcare professionals to women, young girls and parents; to foster improved management of children, young girls, and women who have been subjected to genital mutilation.</t>
+  </si>
+  <si>
+    <t>02/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/06/2020 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150640/en/management-of-female-genital-mutilation-by-primary-healthcare-professionals</t>
   </si>
   <si>
     <t>p_3150640</t>
   </si>
   <si>
-    <t>Diagnostic de la dénutrition de l’enfant et de l’adulte</t>
-[...59 lines deleted...]
-    <t>10/12/2010 00:00:00</t>
+    <t>Child abuse: identification and action to be taken</t>
+  </si>
+  <si>
+    <t>This guidance leaflet “Child abuse: identification and action to be taken” is concerned with children who are abused as well as those at risk of being abused. This guidance leaflet follows on from work already undertaken by HAS on interpersonal violence and its impact on health. It addresses all healthcare professionals who perform clinical observations of children, with a special emphasis on the place of doctors given their decision-making role. It thus concerns: general practitioners, paediatricians, psychiatrists; doctors and nursery nurses in maternal and child protection centres (PMI); school doctors and nurses; hospital doctors and paramedical staff (especially those working in the emergency, paediatric and radiological departments); midwives; doctors and paramedical staff in services for young children, and the medico-social services.</t>
+  </si>
+  <si>
+    <t>07/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/29/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760393/en/child-abuse-identification-and-action-to-be-taken</t>
+  </si>
+  <si>
+    <t>c_1760393</t>
+  </si>
+  <si>
+    <t>Shaken baby syndrome or non-accidental head injury caused by shaking</t>
+  </si>
+  <si>
+    <t>Shaken baby syndrome (SBS) is a subsection of inflicted head injuries or non-accidental head injury (NAHI), in which shaking, alone or in combination with impact, causes head and brain injury. The subject of this guideline is NAHI caused by shaking.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794425/en/shaken-baby-syndrome-or-non-accidental-head-injury-caused-by-shaking</t>
+  </si>
+  <si>
+    <t>c_2794425</t>
+  </si>
+  <si>
+    <t>Obesity surgery in adults</t>
+  </si>
+  <si>
+    <t>The objectives of these guidelines are : 1. to improve the long-term efficacy of obesity surgery and reduce the incidence of complications through : better selection, information and preparation of patients, choice of the technique that provides the best benefit/risk ratio in the patients selected, better definition of the members and role of the multidisciplinary team ; 2. to reduce the severity of complications through early detection and management.</t>
+  </si>
+  <si>
+    <t>01/28/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/22/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
+  </si>
+  <si>
+    <t>c_765529</t>
+  </si>
+  <si>
+    <t>Diagnosis of uncomplicated cirrhosis</t>
+  </si>
+  <si>
+    <t>The World Health Organisation defines cirrhosis as a diffuse process characterised by fibrosis and the conversion of normal liver architecture into structurally abnormal nodules. The following guidelines concern uncomplicated cirrhosis only, i.e. the stage of the disease when patients have few or no symptoms.</t>
+  </si>
+  <si>
+    <t>12/19/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>05/07/2009 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_476486/en/diagnosis-of-uncomplicated-cirrhosis</t>
+  </si>
+  <si>
+    <t>c_476486</t>
+  </si>
+  <si>
+    <t>Malnutrition in the elderly - Nutritional support strategy</t>
+  </si>
+  <si>
+    <t>To provide a guide for health professionals to assist management of elderly subjects who are malnourished or at risk of malnutrition.</t>
+  </si>
+  <si>
+    <t>04/25/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/26/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+  </si>
+  <si>
+    <t>c_546549</t>
+  </si>
+  <si>
+    <t>Managing venous leg ulcers (excluding dressings)</t>
+  </si>
+  <si>
+    <t>1. Treat with high-pressure compression if PAOD1 is not present# 2. Use multilayered compression if possible# 3. Ensure that patients comply with compression# 4. Adapt treatment if there is associated PAOD# 5. Perform superficial venous surgery and/or prescribe long-term compression to prevent recurrence#</t>
+  </si>
+  <si>
+    <t>06/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>11/30/2006 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459541/en/managing-venous-leg-ulcers-excluding-dressings</t>
+  </si>
+  <si>
+    <t>c_459541</t>
+  </si>
+  <si>
+    <t>Improving information provision for pregnant women</t>
+  </si>
+  <si>
+    <t>To help health professionals inform pregnant women and their partners effectively so that they can make decisions about care in pregnancy and childbirth.</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+  </si>
+  <si>
+    <t>c_454394</t>
+  </si>
+  <si>
+    <t>Management of patients with HFE-related haemochromatosis (Type 1 haemochromatosis)</t>
+  </si>
+  <si>
+    <t>To provide guidelines on how to manage individuals with haemochromatosis who are homozygous for the C282Y mutation :# - treatment of iron overload# - treatment of complications# - counselling# - treatment in the home#</t>
+  </si>
+  <si>
+    <t>07/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2005 20:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_432802/en/management-of-patients-with-hfe-related-haemochromatosis-type-1-haemochromatosis</t>
+  </si>
+  <si>
+    <t>c_432802</t>
+  </si>
+  <si>
+    <t>Induced abortion up to 14 weeks</t>
+  </si>
+  <si>
+    <t>These guidelines concern the management of legally permitted induced abortion performed within 14 weeks of last menstrual period. The topics of the guidleines are: 1. Abortion services, contact and organisation 2. Pre-abortion visits 3. Methods used for induced abortion according to gestationnal age 4. Management of pain - Analgesia and anaesthesia 5. Prevention of infective complications 6. Prevention of Rhesus incompatibility 7. Follow-up immediately after induced abortion 8. Evaluation</t>
+  </si>
+  <si>
+    <t>03/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271973/en/induced-abortion-up-to-14-weeks</t>
+  </si>
+  <si>
+    <t>c_271973</t>
+  </si>
+  <si>
+    <t>Management of patients with cystic fibrosis (compliance, nutrition, gastroenterology and metabolism)</t>
+  </si>
+  <si>
+    <t>The objective of this consensus conference is to answer the following five questions to the jury:# 1. How does nutritional status affect the course of cystic fibrosis?# 2. Which strategy maintains optimum nutritional status?# 3. What diagnostic approach should be adopted when a patient with cystic fibrosis experiences abdominal pain?# 4. What diagnostic and treatment strategies should be adopted for disorders of carbohydrate metabolism in cystic fibrosis?# 5. How should hepatobiliary disorders be managed in cystic fibrosis?#</t>
+  </si>
+  <si>
+    <t>01/15/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/15/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272207/en/management-of-patients-with-cystic-fibrosis-compliance-nutrition-gastroenterology-and-metabolism</t>
+  </si>
+  <si>
+    <t>c_272207</t>
+  </si>
+  <si>
+    <t>Periodontal disease: diagnosis and treatment</t>
+  </si>
+  <si>
+    <t>Questions discussed :# 1. Definitions# 2. Classification of periodontal disease# 3. Epidemiology and risk factors# 4. Diagnosis# 5. Periodontal disease as risk factor for other diseases or situations# 6. Treatment ans treatment strategy#</t>
+  </si>
+  <si>
+    <t>05/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272209/en/periodontal-disease-diagnosis-and-treatment</t>
+  </si>
+  <si>
+    <t>c_272209</t>
+  </si>
+  <si>
+    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
+  </si>
+  <si>
+    <t>These guidelines offer practical advice on promoting and supporting breastfeeding and its continuation for at least 6 months. The topics covered by the guidelines are: 1. Benefits and optimum duration of exclusive breastfeeding 2. Contraindications to breastfeeding 3. Practicves that encourage breastfeeding 4. Promoting and supporting breastfeeding 5. Use of supplements 6. Prevention and solving breastfeeding problems 7. Behaviours which pomote and support breastfeeding 8. Resumption of everyday activities 9. Breastfeeding and nutrition for the mother 10. Breastfeeding and medicines 11. Breastfeeding and contraception</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
+  </si>
+  <si>
+    <t>c_272220</t>
+  </si>
+  <si>
+    <t>Indications for lower gastrointestinal endoscopy (excluding population screening)</t>
+  </si>
+  <si>
+    <t>These guidelines cover indications for lower gastrointestinal endoscopy in all cases except screening for colorectal cancer in the general population and except diagnostic strategies for iron-deficiency anaemia, upper gastrointestinal adenoma, primary sclerosing cholangitis and gastric polyposis in the form of cysts in the gastric fundus.</t>
+  </si>
+  <si>
+    <t>04/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272348/en/indications-for-lower-gastrointestinal-endoscopy-excluding-population-screening</t>
+  </si>
+  <si>
+    <t>c_272348</t>
+  </si>
+  <si>
+    <t>Primary postpartum haemorrhage</t>
+  </si>
+  <si>
+    <t>To issue guidelines that will help reduce maternal deaths in France. Primary postpartum haemorrhage was the leading cause of death between 1990 and 2000 in France.</t>
+  </si>
+  <si>
+    <t>11/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2004 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272417/en/primary-postpartum-haemorrhage</t>
+  </si>
+  <si>
+    <t>c_272417</t>
+  </si>
+  <si>
+    <t>Documents for Patients</t>
+  </si>
+  <si>
+    <t>Research and treatment of Helicobacter pylori</t>
+  </si>
+  <si>
+    <t>Your doctor has prescribed a medical test to screen for Helicobacter pylori or you will receive treatment to eliminate this infection. These information leaflets are intended to accompany you and provide you with all useful information.</t>
+  </si>
+  <si>
+    <t>03/13/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>03/26/2019 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911396/en/research-and-treatment-of-helicobacter-pylori</t>
+  </si>
+  <si>
+    <t>c_2911396</t>
+  </si>
+  <si>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Clinical usefulness of vitamin B1 testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The National Health Insurance asked the HAS to determine whether reimbursement of vitamin B1 testing, currently only applying to public hospitals, should be extended to other care structures or not. This assessment is therefore carried out in the context of controlling medical expenditure. Two main subjects were selected for assessing the clinical usefulness of vitamin B1 testing: Subject 1: Is there a consensual reference interval for defining vitamin B1 deficiency? Is having a vitamin B1 result lower than the reference interval an indicator of an increase in the risk of deficiency-related complications? Subject 2: Where a reference interval exists, does vitamin B1 supplementation guided by the test result improve the benefit/risk ratio compared to supplementation initiated without this data?</t>
+  </si>
+  <si>
+    <t>03/18/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/22/2021 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186171/en/clinical-usefulness-of-vitamin-b1-testing-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3186171</t>
+  </si>
+  <si>
+    <t>Treatment of superficial stomach cancer by endoscopic submucosal dissection (ESD) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report is to assess the efficacy and safety of the endoscopic submucosal dissection (ESD) technique for the treatment of superficial stomach cancer presenting a low risk of node involvement, by comparison to surgery (gastrectomy) and mucosectomy (or endoscopic mucosal resection, EMR) , in order to conclude on the appropriateness of its public funding</t>
+  </si>
+  <si>
+    <t>12/19/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/21/2018 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853383/en/treatment-of-superficial-stomach-cancer-by-endoscopic-submucosal-dissection-esd-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2853383</t>
+  </si>
+  <si>
+    <t>Treatment of superficial œsophageal cancer by endoscopic submucosal dissection (ESD) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report is to assess the efficacy and safety of the endoscopic submucosal dissection (ESD) for the treatment of superficial oesophageal cancer presenting a low risk of node involvement, by comparison to surgery (oesophagectomy) and mucosectomy (or endoscopic mucosal resection, EMR), in order to conclude on the appropriateness of its public funding</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853386/en/treatment-of-superficial-oesophageal-cancer-by-endoscopic-submucosal-dissection-esd-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2853386</t>
+  </si>
+  <si>
+    <t>Vitamin C blood level testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Vitamin C blood level is among the most carried out 60 tests on the additional list of the “Référentiel des actes innovants hors nomenclature” (RIHN, Reference Document for Innovative Procedures) Outside of the Nomenclature) in 2016, with over 40,000 tests reported to the French Ministry of Health by French healthcare facilities, i.e. a cost of over EUR one million (test referenced under codes K092, K093 and K174). While a severe and long-term vitamin C deficiency is known to lead to clinical manifestations characteristic of scurvy, this condition is currently very rare and its diagnosis does not explain this number of tests. However, other than scurvy, the indications that might explain the use of this test are not immediately clear, as evidenced by the results of a survey on hospital practices conducted by HAS at eleven healthcare facilities, which showed great differences in indications for prescription between organisations. Moreover, empirical administration of vitamin C is less expensive than the test and has no risk of toxicity at the standard recommended doses. In this context, HAS decided to take it upon itself to determine whether use of vitamin C blood level testing might justify inclusion in the “Nomenclature des actes de biologie médicale” (NABM, list of reimbursed biological procedures) in one or more of the primary contexts of use of this test reported by healthcare facilities, namely: bariatric surgery, malnutrition, gastrointestinal malabsorption, artificial nutrition and dialysis. Laboratory confirmation of a clinically suspected diagnosis of scurvy was considered a recognised indication</t>
+  </si>
+  <si>
+    <t>05/02/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>06/08/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2823990</t>
+  </si>
+  <si>
+    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Pneumocystis Pneumonia (bilateral pneumonitis caused by human-specific fungus Pneumocystis jirovecii) in immunosuppressed individuals. It focuses on direct identification of specific fungal organisms by microscopic methods (immunofluorescence -IF, staining methods) and Pneumocystis-specific DNA detection by polymerase chain reaction (PCR) in respiratory fluid samples. In addition, it evaluates the dosage of the soluble antigen β -(1-3)- D - glucane (BG) in blood</t>
+  </si>
+  <si>
+    <t>09/27/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/18/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2680246</t>
+  </si>
+  <si>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Aspergillus (fungal diseases). It focuses on detection of fungal proteins (named soluble antigens) in blood or other biological fluids and on specific Aspergillus antibodies detection in serum. This study was conducted with a view to inclusions or changes in the List of Procedures in Laboratory Medicine reimbursed by the National Health Insurance System in France</t>
+  </si>
+  <si>
+    <t>05/31/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2736666</t>
+  </si>
+  <si>
+    <t>Stereotactic Radiation Therapy for Liver Tumours - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The purpose of this report was to analyse the efficacy and safety data of Stereotactic Body Radiation Therapy (SBRT) in patients with inoperable primary (hepatocellular carcinoma (HCC) and metastatic liver tumours (LM), to define the indications and the place of SBRT in the therapeutic strategy with the aim of its inclusion in the CCAM (French National list of reimbursement)</t>
+  </si>
+  <si>
+    <t>09/28/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2016 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2565031/en/stereotactic-radiation-therapy-for-liver-tumours-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2565031</t>
+  </si>
+  <si>
+    <t>Assessment of non-invasive methods for measuring liver fibrosis in chronic hepatitis B. Initial assessment and follow-up of non-treated adult patients - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The main objective is to determine the clinical utility of non-invasive methods for measuring fibrosis in the initial assessment and follow-up of chronic hepatitis B in untreated adults. In the absence of sufficient demonstration of this clinical utility, the diagnostic performances of these non-invasive methods will be defined, in comparison with liver biopsy</t>
+  </si>
+  <si>
+    <t>06/19/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>06/19/2014 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1627010/en/assessment-of-non-invasive-methods-for-measuring-liver-fibrosis-in-chronic-hepatitis-b-initial-assessment-and-follow-up-of-non-treated-adult-patients-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_1627010</t>
+  </si>
+  <si>
+    <t>The place of and conditions for carrying out polysomnography and respiratory polygraphy in sleep disorders</t>
+  </si>
+  <si>
+    <t>In the context of the medical control of healthcare spending, the aim of this assessment requested by the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) is to specify the indications and non-indications for polysomnography and respiratory polygraphy and the conditions for carrying out these examinations</t>
   </si>
   <si>
     <t>05/01/2012 00:00:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2835485/fr/programme-qualite-de-vie-en-ehpad</t>
-[...842 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1056842/fr/place-et-conditions-de-realisation-de-la-polysomnographie-et-de-la-polygraphie-respiratoire-dans-les-troubles-du-sommeil-rapport-d-evaluation</t>
+    <t>06/01/2012 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056842/en/the-place-of-and-conditions-for-carrying-out-polysomnography-and-respiratory-polygraphy-in-sleep-disorders</t>
   </si>
   <si>
     <t>c_1056842</t>
   </si>
   <si>
-    <t>Évaluation des Implants d’embolisation artérielle (pour fistule artérioveineuse, tumeur, anévrisme) : Indications en dehors de la topographie cranioencéphalique</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1051506/fr/choix-des-examens-du-metabolisme-du-fer-en-cas-de-suspicion-de-carence-en-fer-rapport-d-evaluation</t>
+    <t>Selection of iron metabolism tests in cases where iron deficiency is suspected</t>
+  </si>
+  <si>
+    <t>The French health insurance agency asked the HAS to determine strategies for the use of iron metabolism markers. In fact, the volume of procedures carried out in relation to all such tests which are reimbursed by the health insurance agency increased by 109% between 2000 and 2008. Furthermore, some tests appear to be redundant or irrelevant according to the latest French recommendations, (ANDEM, 1995). In this assessment, the HAS has focused on iron deficiency and has not looked at iron overloads, since professional recommendations issued by the HAS in 2005 on haemochromatosis still appear to be valid</t>
+  </si>
+  <si>
+    <t>03/16/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>06/14/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
   </si>
   <si>
     <t>c_1051506</t>
   </si>
   <si>
-    <t>Évaluation des prothèses externes de membre supérieur</t>
-[...287 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984094/fr/tardyferon-fer-sous-forme-de-sulfate-ferreux</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>TARDYFERON MEDICAMENTS A BASE DE FER SEUL (sels ferreux), antianémiques</t>
+  </si>
+  <si>
+    <t>11/02/2021 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984094/en/tardyferon-medicaments-a-base-de-fer-seul-sels-ferreux-antianemiques</t>
   </si>
   <si>
     <t>pprd_2984094</t>
   </si>
   <si>
     <t>fer (sous forme de sulfate ferreux)</t>
   </si>
   <si>
     <t>PIERRE FABRE MEDICAMENT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_605734/fr/tardyferon-fer-sous-forme-de-sulfate-ferreux</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3295759/fr/tardyferon-50-80-mg-sulfate-ferreux-desseche</t>
+    <t>https://www.has-sante.fr/jcms/c_605734/en/tardyferon-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642471/en/tardyferon-b9-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1363119/en/tardyferon-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027365/en/tardyferon-b9-ferrous-sulfate-folic-acid-antianaemic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635773/en/medicinal-products-containing-iron-alone-ferrous-salts-antianaemics</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245669/en/tardyferon-preparations-antianemiques-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295759/en/tardyferon-50-80-mg-sulfate-ferreux-desseche</t>
   </si>
   <si>
     <t>MONOVER (fer (III) isomaltoside 1000)</t>
   </si>
   <si>
-    <t>01/06/2017 15:56:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983764/fr/monover-fer-iii-isomaltoside-1000</t>
+    <t>06/01/2017 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983764/en/monover-fer-iii-isomaltoside-1000</t>
   </si>
   <si>
     <t>pprd_2983764</t>
   </si>
   <si>
     <t>fer (III) isomaltoside 1000</t>
   </si>
   <si>
     <t>MEDIPHA SANTE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2736204/fr/monover-fer-isomaltoside-1000-fer-par-voie-injectable</t>
-[...203 lines deleted...]
-    <t>c_865974</t>
+    <t>https://www.has-sante.fr/jcms/c_2736204/en/monover-iron-isomaltoside-1000-injectable-iron</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J32"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
       </c>
-      <c r="H2" t="s">
-[...967 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H24"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1000</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>1001</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>1002</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>1003</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>1004</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1005</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>1006</v>
+        <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1000</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>1007</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
-        <v>1008</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
-        <v>1009</v>
+        <v>25</v>
       </c>
       <c r="E3" t="s">
-        <v>1010</v>
+        <v>26</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1011</v>
+        <v>27</v>
       </c>
       <c r="H3" t="s">
-        <v>1012</v>
+        <v>28</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1000</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>1013</v>
+        <v>29</v>
       </c>
       <c r="C4" t="s">
-        <v>1014</v>
+        <v>30</v>
       </c>
       <c r="D4" t="s">
-        <v>1015</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>1016</v>
+        <v>31</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1017</v>
+        <v>32</v>
       </c>
       <c r="H4" t="s">
-        <v>1018</v>
+        <v>33</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1000</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>1019</v>
+        <v>34</v>
       </c>
       <c r="C5" t="s">
-        <v>1020</v>
+        <v>35</v>
       </c>
       <c r="D5" t="s">
-        <v>1021</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>1022</v>
+        <v>36</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1023</v>
+        <v>37</v>
       </c>
       <c r="H5" t="s">
-        <v>1024</v>
-[...493 lines deleted...]
-        <v>1133</v>
+        <v>38</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H18"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>39</v>
+      </c>
+      <c r="B2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C2" t="s">
+        <v>41</v>
+      </c>
+      <c r="D2" t="s">
+        <v>42</v>
+      </c>
+      <c r="E2" t="s">
+        <v>43</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>44</v>
+      </c>
+      <c r="H2" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B3" t="s">
+        <v>46</v>
+      </c>
+      <c r="C3" t="s">
+        <v>47</v>
+      </c>
+      <c r="D3" t="s">
+        <v>48</v>
+      </c>
+      <c r="E3" t="s">
+        <v>49</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>50</v>
+      </c>
+      <c r="H3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>52</v>
+      </c>
+      <c r="C4" t="s">
+        <v>53</v>
+      </c>
+      <c r="D4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E4" t="s">
+        <v>55</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>56</v>
+      </c>
+      <c r="H4" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" t="s">
+        <v>58</v>
+      </c>
+      <c r="C5" t="s">
+        <v>59</v>
+      </c>
+      <c r="D5" t="s">
+        <v>60</v>
+      </c>
+      <c r="E5" t="s">
+        <v>61</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>62</v>
+      </c>
+      <c r="H5" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>39</v>
+      </c>
+      <c r="B6" t="s">
+        <v>64</v>
+      </c>
+      <c r="C6" t="s">
+        <v>65</v>
+      </c>
+      <c r="D6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>66</v>
+      </c>
+      <c r="H6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>69</v>
+      </c>
+      <c r="D7" t="s">
+        <v>70</v>
+      </c>
+      <c r="E7" t="s">
+        <v>71</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>72</v>
+      </c>
+      <c r="H7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>39</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>75</v>
+      </c>
+      <c r="D8" t="s">
+        <v>76</v>
+      </c>
+      <c r="E8" t="s">
+        <v>77</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>78</v>
+      </c>
+      <c r="H8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>39</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>81</v>
+      </c>
+      <c r="D9" t="s">
+        <v>82</v>
+      </c>
+      <c r="E9" t="s">
+        <v>83</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>84</v>
+      </c>
+      <c r="H9" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D10" t="s">
+        <v>88</v>
+      </c>
+      <c r="E10" t="s">
+        <v>89</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>90</v>
+      </c>
+      <c r="H10" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>39</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>93</v>
+      </c>
+      <c r="D11" t="s">
+        <v>94</v>
+      </c>
+      <c r="E11" t="s">
+        <v>95</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>96</v>
+      </c>
+      <c r="H11" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>39</v>
+      </c>
+      <c r="B12" t="s">
+        <v>98</v>
+      </c>
+      <c r="C12" t="s">
+        <v>99</v>
+      </c>
+      <c r="D12" t="s">
+        <v>100</v>
+      </c>
+      <c r="E12" t="s">
+        <v>101</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>102</v>
+      </c>
+      <c r="H12" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>39</v>
+      </c>
+      <c r="B13" t="s">
+        <v>104</v>
+      </c>
+      <c r="C13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D13" t="s">
+        <v>106</v>
+      </c>
+      <c r="E13" t="s">
+        <v>106</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>107</v>
+      </c>
+      <c r="H13" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>39</v>
+      </c>
+      <c r="B14" t="s">
+        <v>109</v>
+      </c>
+      <c r="C14" t="s">
+        <v>110</v>
+      </c>
+      <c r="D14" t="s">
+        <v>111</v>
+      </c>
+      <c r="E14" t="s">
+        <v>112</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>113</v>
+      </c>
+      <c r="H14" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>39</v>
+      </c>
+      <c r="B15" t="s">
+        <v>115</v>
+      </c>
+      <c r="C15" t="s">
+        <v>116</v>
+      </c>
+      <c r="D15" t="s">
+        <v>117</v>
+      </c>
+      <c r="E15" t="s">
+        <v>118</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>119</v>
+      </c>
+      <c r="H15" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>39</v>
+      </c>
+      <c r="B16" t="s">
+        <v>121</v>
+      </c>
+      <c r="C16" t="s">
+        <v>122</v>
+      </c>
+      <c r="D16" t="s">
+        <v>117</v>
+      </c>
+      <c r="E16" t="s">
+        <v>118</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>123</v>
+      </c>
+      <c r="H16" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>39</v>
+      </c>
+      <c r="B17" t="s">
+        <v>125</v>
+      </c>
+      <c r="C17" t="s">
+        <v>126</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>127</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>128</v>
+      </c>
+      <c r="H17" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" t="s">
+        <v>130</v>
+      </c>
+      <c r="C18" t="s">
+        <v>131</v>
+      </c>
+      <c r="D18" t="s">
+        <v>132</v>
+      </c>
+      <c r="E18" t="s">
+        <v>133</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>134</v>
+      </c>
+      <c r="H18" t="s">
+        <v>135</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>136</v>
+      </c>
+      <c r="B2" t="s">
+        <v>137</v>
+      </c>
+      <c r="C2" t="s">
+        <v>138</v>
+      </c>
+      <c r="D2" t="s">
+        <v>139</v>
+      </c>
+      <c r="E2" t="s">
+        <v>140</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>141</v>
+      </c>
+      <c r="H2" t="s">
+        <v>142</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1134</v>
+        <v>143</v>
       </c>
       <c r="B2" t="s">
-        <v>1135</v>
+        <v>144</v>
       </c>
       <c r="C2" t="s">
-        <v>1136</v>
+        <v>145</v>
       </c>
       <c r="D2" t="s">
-        <v>1137</v>
+        <v>146</v>
       </c>
       <c r="E2" t="s">
-        <v>1138</v>
+        <v>147</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1139</v>
+        <v>148</v>
       </c>
       <c r="H2" t="s">
-        <v>1140</v>
+        <v>149</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1134</v>
+        <v>143</v>
       </c>
       <c r="B3" t="s">
-        <v>1141</v>
+        <v>150</v>
       </c>
       <c r="C3" t="s">
-        <v>1142</v>
+        <v>151</v>
       </c>
       <c r="D3" t="s">
-        <v>1143</v>
+        <v>152</v>
       </c>
       <c r="E3" t="s">
-        <v>1144</v>
+        <v>153</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1145</v>
+        <v>154</v>
       </c>
       <c r="H3" t="s">
-        <v>1146</v>
+        <v>155</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1134</v>
+        <v>143</v>
       </c>
       <c r="B4" t="s">
-        <v>1147</v>
+        <v>156</v>
       </c>
       <c r="C4" t="s">
-        <v>1148</v>
+        <v>157</v>
       </c>
       <c r="D4" t="s">
-        <v>1149</v>
+        <v>152</v>
       </c>
       <c r="E4" t="s">
-        <v>1150</v>
+        <v>153</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1151</v>
+        <v>158</v>
       </c>
       <c r="H4" t="s">
-        <v>1152</v>
+        <v>159</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1134</v>
+        <v>143</v>
       </c>
       <c r="B5" t="s">
-        <v>1153</v>
+        <v>160</v>
       </c>
       <c r="C5" t="s">
-        <v>1154</v>
+        <v>161</v>
       </c>
       <c r="D5" t="s">
-        <v>1155</v>
+        <v>162</v>
       </c>
       <c r="E5" t="s">
-        <v>1156</v>
+        <v>163</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1157</v>
+        <v>164</v>
       </c>
       <c r="H5" t="s">
-        <v>1158</v>
+        <v>165</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1134</v>
+        <v>143</v>
       </c>
       <c r="B6" t="s">
-        <v>1159</v>
+        <v>166</v>
       </c>
       <c r="C6" t="s">
-        <v>1160</v>
+        <v>167</v>
       </c>
       <c r="D6" t="s">
-        <v>1161</v>
+        <v>168</v>
       </c>
       <c r="E6" t="s">
-        <v>1162</v>
+        <v>169</v>
       </c>
       <c r="F6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1163</v>
+        <v>170</v>
       </c>
       <c r="H6" t="s">
-        <v>1164</v>
+        <v>171</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1134</v>
+        <v>143</v>
       </c>
       <c r="B7" t="s">
-        <v>1165</v>
+        <v>172</v>
       </c>
       <c r="C7" t="s">
-        <v>1166</v>
+        <v>173</v>
       </c>
       <c r="D7" t="s">
-        <v>1167</v>
+        <v>174</v>
       </c>
       <c r="E7" t="s">
-        <v>1168</v>
+        <v>175</v>
       </c>
       <c r="F7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1169</v>
+        <v>176</v>
       </c>
       <c r="H7" t="s">
-        <v>1170</v>
+        <v>177</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1134</v>
+        <v>143</v>
       </c>
       <c r="B8" t="s">
-        <v>1171</v>
+        <v>178</v>
       </c>
       <c r="C8" t="s">
-        <v>1172</v>
+        <v>179</v>
       </c>
       <c r="D8" t="s">
-        <v>1173</v>
+        <v>180</v>
       </c>
       <c r="E8" t="s">
-        <v>1174</v>
+        <v>181</v>
       </c>
       <c r="F8" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1175</v>
+        <v>182</v>
       </c>
       <c r="H8" t="s">
-        <v>1176</v>
+        <v>183</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1134</v>
+        <v>143</v>
       </c>
       <c r="B9" t="s">
-        <v>1177</v>
+        <v>184</v>
       </c>
       <c r="C9" t="s">
-        <v>1178</v>
+        <v>185</v>
       </c>
       <c r="D9" t="s">
-        <v>1179</v>
+        <v>186</v>
       </c>
       <c r="E9" t="s">
-        <v>1180</v>
+        <v>187</v>
       </c>
       <c r="F9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1181</v>
+        <v>188</v>
       </c>
       <c r="H9" t="s">
-        <v>1182</v>
+        <v>189</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1134</v>
+        <v>143</v>
       </c>
       <c r="B10" t="s">
-        <v>1183</v>
+        <v>190</v>
       </c>
       <c r="C10" t="s">
-        <v>1184</v>
+        <v>191</v>
       </c>
       <c r="D10" t="s">
-        <v>1185</v>
+        <v>192</v>
       </c>
       <c r="E10" t="s">
-        <v>1186</v>
+        <v>193</v>
       </c>
       <c r="F10" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1187</v>
+        <v>194</v>
       </c>
       <c r="H10" t="s">
-        <v>1188</v>
+        <v>195</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1134</v>
+        <v>143</v>
       </c>
       <c r="B11" t="s">
-        <v>1189</v>
+        <v>196</v>
       </c>
       <c r="C11" t="s">
-        <v>1190</v>
+        <v>197</v>
       </c>
       <c r="D11" t="s">
-        <v>1191</v>
+        <v>198</v>
       </c>
       <c r="E11" t="s">
-        <v>1192</v>
+        <v>199</v>
       </c>
       <c r="F11" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1193</v>
+        <v>200</v>
       </c>
       <c r="H11" t="s">
-        <v>1194</v>
+        <v>201</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:Q5"/>
+  <dimension ref="A1:Q3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>1195</v>
+        <v>202</v>
       </c>
       <c r="J1" t="s">
-        <v>9</v>
+        <v>203</v>
       </c>
       <c r="K1" t="s">
-        <v>1196</v>
+        <v>204</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1197</v>
+        <v>205</v>
       </c>
       <c r="B2" t="s">
-        <v>1198</v>
+        <v>206</v>
       </c>
       <c r="C2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1199</v>
+        <v>207</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1200</v>
+        <v>208</v>
       </c>
       <c r="H2" t="s">
-        <v>1201</v>
+        <v>209</v>
       </c>
       <c r="I2" t="s">
-        <v>1202</v>
+        <v>210</v>
       </c>
       <c r="J2" t="s">
-        <v>1203</v>
+        <v>211</v>
       </c>
       <c r="K2" t="s">
-        <v>1204</v>
+        <v>212</v>
       </c>
       <c r="L2" t="s">
-        <v>1205</v>
+        <v>213</v>
       </c>
       <c r="M2" t="s">
-        <v>1206</v>
+        <v>214</v>
       </c>
       <c r="N2" t="s">
-        <v>1207</v>
+        <v>215</v>
       </c>
       <c r="O2" t="s">
-        <v>1208</v>
+        <v>216</v>
       </c>
       <c r="P2" t="s">
-        <v>1209</v>
+        <v>217</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>218</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1197</v>
+        <v>205</v>
       </c>
       <c r="B3" t="s">
-        <v>1210</v>
+        <v>219</v>
       </c>
       <c r="C3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1211</v>
+        <v>220</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1212</v>
+        <v>221</v>
       </c>
       <c r="H3" t="s">
-        <v>1213</v>
+        <v>222</v>
       </c>
       <c r="I3" t="s">
-        <v>1214</v>
+        <v>223</v>
       </c>
       <c r="J3" t="s">
-        <v>1215</v>
+        <v>224</v>
       </c>
       <c r="K3" t="s">
-        <v>1216</v>
-[...87 lines deleted...]
-        <v>1236</v>
+        <v>225</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...5019 lines deleted...]
-  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>