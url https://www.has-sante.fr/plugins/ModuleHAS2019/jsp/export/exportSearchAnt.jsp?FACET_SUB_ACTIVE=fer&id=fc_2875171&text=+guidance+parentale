--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -30,51 +30,51 @@
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
     <sheet name="Export Études et Rapports" r:id="rId9" sheetId="7"/>
     <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="674" uniqueCount="409">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="690" uniqueCount="419">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -554,50 +554,65 @@
   <si>
     <t>01/12/2021 17:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3300847/fr/syndrome-d-angelman</t>
   </si>
   <si>
     <t>p_3300847</t>
   </si>
   <si>
     <t>Prise en charge des patients atteints des valves de l'urètre postérieur, du fœtus à l'adolescence</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint des valves de l'urètre posterieur (VUP), du foetus a l’adolescence. Il a été élaboré par le Centre de référence des malformations rares des voies urinaires (MARVU) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/12/2021 09:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3299928/fr/prise-en-charge-des-patients-atteints-des-valves-de-l-uretre-posterieur-du-foetus-a-l-adolescence</t>
   </si>
   <si>
     <t>p_3299928</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/05/2024 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
   </si>
   <si>
     <t>c_938890</t>
   </si>
   <si>
     <t>Ichthyoses héréditaires</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Ichthyose héréditaire. Il a été élaboré par le Centre de référence des maladies rares de la peau et des muqueuses à début pédiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>20/10/2021 13:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3293150/fr/ichthyoses-hereditaires</t>
@@ -891,50 +906,65 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>08/07/2020 09:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
   </si>
   <si>
     <t>p_3192841</t>
   </si>
   <si>
     <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
   </si>
   <si>
     <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
   </si>
   <si>
     <t>28/02/2024 16:26:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Syndrome de Weaver</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un d’un patient atteint d’un syndrome de Weaver. Il a été élaboré par le Centre de Référence Anomalies du Développement et Syndromes polymalformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3793849/fr/syndrome-de-weaver</t>
+  </si>
+  <si>
+    <t>p_3793849</t>
   </si>
   <si>
     <t>Pneumopathies interstitielles diffuses de l’enfant</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de fournir aux professionnels de santé les recommandations pour une prise en charge optimale des enfants atteints d’une pneumopathie interstitielle diffuse (PID) chronique et pour un parcours de soins adapté.</t>
   </si>
   <si>
     <t>03/11/2017 16:23:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2802885/fr/pneumopathies-interstitielles-diffuses-de-l-enfant</t>
   </si>
   <si>
     <t>c_2802885</t>
   </si>
   <si>
     <t>Ataxie de Friedreich</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'ataxie de Friedreich. Il a été élaboré par le Centre de Référence Neurogénétique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>14/10/2021 08:39:00</t>
   </si>
@@ -1829,51 +1859,51 @@
       </c>
       <c r="D16" t="s">
         <v>107</v>
       </c>
       <c r="E16" t="s">
         <v>108</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>109</v>
       </c>
       <c r="H16" t="s">
         <v>110</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H54"/>
+  <dimension ref="A1:H56"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2340,415 +2370,415 @@
       </c>
       <c r="E19" t="s">
         <v>196</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>197</v>
       </c>
       <c r="H19" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>111</v>
       </c>
       <c r="B20" t="s">
         <v>199</v>
       </c>
       <c r="C20" t="s">
         <v>200</v>
       </c>
       <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
         <v>201</v>
       </c>
-      <c r="E20" t="s">
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
         <v>202</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+      <c r="H20" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>111</v>
       </c>
       <c r="B21" t="s">
+        <v>204</v>
+      </c>
+      <c r="C21" t="s">
         <v>205</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E21" t="s">
         <v>207</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
         <v>208</v>
       </c>
       <c r="H21" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>111</v>
       </c>
       <c r="B22" t="s">
         <v>210</v>
       </c>
       <c r="C22" t="s">
         <v>211</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>134</v>
+        <v>212</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="H22" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>111</v>
       </c>
       <c r="B23" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C23" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>216</v>
+        <v>134</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>217</v>
       </c>
       <c r="H23" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>111</v>
       </c>
       <c r="B24" t="s">
         <v>219</v>
       </c>
       <c r="C24" t="s">
         <v>220</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>134</v>
+        <v>221</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="H24" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>111</v>
       </c>
       <c r="B25" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C25" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>171</v>
+        <v>134</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="H25" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>111</v>
       </c>
       <c r="B26" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C26" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>229</v>
+        <v>171</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
         <v>230</v>
       </c>
       <c r="H26" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>111</v>
       </c>
       <c r="B27" t="s">
         <v>232</v>
       </c>
       <c r="C27" t="s">
         <v>233</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>207</v>
+        <v>234</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="H27" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>111</v>
       </c>
       <c r="B28" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C28" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>238</v>
+        <v>212</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
         <v>239</v>
       </c>
       <c r="H28" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>111</v>
       </c>
       <c r="B29" t="s">
         <v>241</v>
       </c>
       <c r="C29" t="s">
         <v>242</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
         <v>243</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
         <v>244</v>
       </c>
       <c r="H29" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>111</v>
       </c>
       <c r="B30" t="s">
         <v>246</v>
       </c>
       <c r="C30" t="s">
         <v>247</v>
       </c>
       <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
         <v>248</v>
       </c>
-      <c r="E30" t="s">
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
         <v>249</v>
       </c>
-      <c r="F30" t="s">
-[...2 lines deleted...]
-      <c r="G30" t="s">
+      <c r="H30" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>111</v>
       </c>
       <c r="B31" t="s">
+        <v>251</v>
+      </c>
+      <c r="C31" t="s">
         <v>252</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
         <v>253</v>
       </c>
-      <c r="D31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E31" t="s">
-        <v>144</v>
+        <v>254</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="H31" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>111</v>
       </c>
       <c r="B32" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C32" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>258</v>
+        <v>144</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
         <v>259</v>
       </c>
       <c r="H32" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>111</v>
       </c>
       <c r="B33" t="s">
         <v>261</v>
       </c>
       <c r="C33" t="s">
         <v>262</v>
       </c>
       <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
         <v>263</v>
       </c>
-      <c r="E33" t="s">
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
         <v>264</v>
       </c>
-      <c r="F33" t="s">
-[...2 lines deleted...]
-      <c r="G33" t="s">
+      <c r="H33" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>111</v>
       </c>
       <c r="B34" t="s">
+        <v>266</v>
+      </c>
+      <c r="C34" t="s">
         <v>267</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E34" t="s">
         <v>269</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
         <v>270</v>
       </c>
       <c r="H34" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>111</v>
       </c>
       <c r="B35" t="s">
         <v>272</v>
       </c>
       <c r="C35" t="s">
         <v>273</v>
       </c>
       <c r="D35" t="s">
@@ -2782,77 +2812,77 @@
       </c>
       <c r="E36" t="s">
         <v>279</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
         <v>280</v>
       </c>
       <c r="H36" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>111</v>
       </c>
       <c r="B37" t="s">
         <v>282</v>
       </c>
       <c r="C37" t="s">
         <v>283</v>
       </c>
       <c r="D37" t="s">
-        <v>101</v>
+        <v>13</v>
       </c>
       <c r="E37" t="s">
         <v>284</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
         <v>285</v>
       </c>
       <c r="H37" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>111</v>
       </c>
       <c r="B38" t="s">
         <v>287</v>
       </c>
       <c r="C38" t="s">
         <v>288</v>
       </c>
       <c r="D38" t="s">
-        <v>13</v>
+        <v>101</v>
       </c>
       <c r="E38" t="s">
         <v>289</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
         <v>290</v>
       </c>
       <c r="H38" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>111</v>
       </c>
       <c r="B39" t="s">
         <v>292</v>
       </c>
       <c r="C39" t="s">
         <v>293</v>
       </c>
       <c r="D39" t="s">
@@ -2967,155 +2997,155 @@
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
         <v>315</v>
       </c>
       <c r="H43" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>111</v>
       </c>
       <c r="B44" t="s">
         <v>317</v>
       </c>
       <c r="C44" t="s">
         <v>318</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>166</v>
+        <v>319</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="H44" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>111</v>
       </c>
       <c r="B45" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C45" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="H45" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>111</v>
       </c>
       <c r="B46" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C46" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>229</v>
+        <v>166</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="H46" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>111</v>
       </c>
       <c r="B47" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C47" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="H47" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>111</v>
       </c>
       <c r="B48" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C48" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>337</v>
+        <v>234</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
         <v>338</v>
       </c>
       <c r="H48" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>111</v>
       </c>
       <c r="B49" t="s">
         <v>340</v>
       </c>
       <c r="C49" t="s">
         <v>341</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
@@ -3175,469 +3205,521 @@
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
         <v>353</v>
       </c>
       <c r="H51" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>111</v>
       </c>
       <c r="B52" t="s">
         <v>355</v>
       </c>
       <c r="C52" t="s">
         <v>356</v>
       </c>
       <c r="D52" t="s">
         <v>13</v>
       </c>
       <c r="E52" t="s">
-        <v>119</v>
+        <v>357</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="H52" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>111</v>
       </c>
       <c r="B53" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="C53" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
       <c r="E53" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="H53" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>111</v>
       </c>
       <c r="B54" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C54" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
       <c r="E54" t="s">
-        <v>366</v>
+        <v>119</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
         <v>367</v>
       </c>
       <c r="H54" t="s">
         <v>368</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>111</v>
+      </c>
+      <c r="B55" t="s">
+        <v>369</v>
+      </c>
+      <c r="C55" t="s">
+        <v>370</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>371</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>372</v>
+      </c>
+      <c r="H55" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>111</v>
+      </c>
+      <c r="B56" t="s">
+        <v>374</v>
+      </c>
+      <c r="C56" t="s">
+        <v>375</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>376</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>377</v>
+      </c>
+      <c r="H56" t="s">
+        <v>378</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>369</v>
+        <v>379</v>
       </c>
       <c r="B2" t="s">
-        <v>370</v>
+        <v>380</v>
       </c>
       <c r="C2" t="s">
-        <v>371</v>
+        <v>381</v>
       </c>
       <c r="D2" t="s">
-        <v>372</v>
+        <v>382</v>
       </c>
       <c r="E2" t="s">
-        <v>373</v>
+        <v>383</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>374</v>
+        <v>384</v>
       </c>
       <c r="H2" t="s">
-        <v>375</v>
+        <v>385</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>369</v>
+        <v>379</v>
       </c>
       <c r="B3" t="s">
-        <v>376</v>
+        <v>386</v>
       </c>
       <c r="C3" t="s">
-        <v>377</v>
+        <v>387</v>
       </c>
       <c r="D3" t="s">
-        <v>378</v>
+        <v>388</v>
       </c>
       <c r="E3" t="s">
-        <v>379</v>
+        <v>389</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>380</v>
+        <v>390</v>
       </c>
       <c r="H3" t="s">
-        <v>381</v>
+        <v>391</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>382</v>
+        <v>392</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>383</v>
+        <v>393</v>
       </c>
       <c r="B2" t="s">
-        <v>384</v>
+        <v>394</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>385</v>
+        <v>395</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>386</v>
+        <v>396</v>
       </c>
       <c r="H2" t="s">
-        <v>387</v>
+        <v>397</v>
       </c>
       <c r="I2" t="s">
-        <v>388</v>
+        <v>398</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>389</v>
+        <v>399</v>
       </c>
       <c r="B2" t="s">
-        <v>390</v>
+        <v>400</v>
       </c>
       <c r="C2" t="s">
-        <v>391</v>
+        <v>401</v>
       </c>
       <c r="D2" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E2" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>394</v>
+        <v>404</v>
       </c>
       <c r="H2" t="s">
-        <v>395</v>
+        <v>405</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>396</v>
+        <v>406</v>
       </c>
       <c r="B2" t="s">
-        <v>397</v>
+        <v>407</v>
       </c>
       <c r="C2" t="s">
-        <v>398</v>
+        <v>408</v>
       </c>
       <c r="D2" t="s">
-        <v>399</v>
+        <v>409</v>
       </c>
       <c r="E2" t="s">
-        <v>400</v>
+        <v>410</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>401</v>
+        <v>411</v>
       </c>
       <c r="H2" t="s">
-        <v>402</v>
+        <v>412</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>403</v>
+        <v>413</v>
       </c>
       <c r="B2" t="s">
-        <v>404</v>
+        <v>414</v>
       </c>
       <c r="C2" t="s">
-        <v>405</v>
+        <v>415</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>406</v>
+        <v>416</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>407</v>
+        <v>417</v>
       </c>
       <c r="H2" t="s">
-        <v>408</v>
+        <v>418</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>