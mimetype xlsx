--- v0 (2025-11-17)
+++ v1 (2026-01-01)
@@ -9,243 +9,1992 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="360" uniqueCount="241">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...5 lines deleted...]
-    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway for a child/adolescent with MPA. It was drawn up by the Centre de Référence Anorexie Mentale à début Précoce, using a methodology proposed by the HAS. It has not been validated by the HAS, which did not participate in its development.</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
+  </si>
+  <si>
+    <t>26/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2018 05:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>07/27/2022 13:56:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3353115/en/early-onset-anorexia-nervosa</t>
+    <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2006477</t>
+  </si>
+  <si>
+    <t>L’accompagnement de la personne polyhandicapée dans sa spécificité</t>
+  </si>
+  <si>
+    <t>Les recommandations sur l’accompagnement de la personne polyhandicapée (enfants et adultes) à domicile ou en établissement s’adressent à tous les professionnels des établissements et services sociaux et médico-sociaux (ESSMS) ainsi qu’aux aidants (parents, fratrie…). L'objectif est de les aider dans un accompagnement personnalisé et centré sur les capacités de la personne tout au long de son parcours de vie.</t>
+  </si>
+  <si>
+    <t>13/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215404/fr/l-accompagnement-de-la-personne-polyhandicapee-dans-sa-specificite</t>
+  </si>
+  <si>
+    <t>p_3215404</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome de Phelan-McDermid</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint du Syndrome de Phelan-McDermid sur l’ensemble du territoire. Il a été élaboré par le Centre de Référence constitutif Déficiences Intellectuelles de causes rares et le Centre de référence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294989/fr/syndrome-de-phelan-mcdermid</t>
+  </si>
+  <si>
+    <t>p_3294989</t>
+  </si>
+  <si>
+    <t>Syndrome de duplication/délétion inversée du bras court du chromosome 8</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome d’invdupdel(8p). Il a été élaboré par le Centre de référence des Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3373681/fr/syndrome-de-duplication/deletion-inversee-du-bras-court-du-chromosome-8</t>
+  </si>
+  <si>
+    <t>p_3373681</t>
+  </si>
+  <si>
+    <t>Syndrome de Wiedemann-Steiner (WSS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de WSS. Il a été élaboré par le Centre de Référence Maladies Rares « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389747/fr/syndrome-de-wiedemann-steiner-wss</t>
+  </si>
+  <si>
+    <t>p_3389747</t>
+  </si>
+  <si>
+    <t>Schizophrénie à début précoce</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de schizophrénie à début précoce (critères diagnostiques de schizophrénie et début des symptômes psychotiques avant le 15ième anniversaire). Il a été élaboré par le Centre de Référence des maladies rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374374/fr/schizophrenie-a-debut-precoce</t>
+  </si>
+  <si>
+    <t>p_3374374</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Conduite à tenir en médecine de premier recours devant un enfant ou un adolescent susceptible d’avoir un trouble déficit de l’attention avec ou sans hyperactivité</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation est d’aider les médecins assurant les soins de premier recours et face à un enfant ou un adolescent présentant des signes évocateurs d’un TDAH : • à mener leur mission de repérage du trouble ; • à conduire une démarche diagnostique initiale et d’orientation dans le système de soins ; • à participer au suivi en collaboration avec un médecin spécialiste du trouble, ayant acquis une compétence dans le diagnostic et la prise en charge du TDAH.</t>
+  </si>
+  <si>
+    <t>10/12/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2015 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1362146/fr/conduite-a-tenir-en-medecine-de-premier-recours-devant-un-enfant-ou-un-adolescent-susceptible-d-avoir-un-trouble-deficit-de-l-attention-avec-ou-sans-hyperactivite</t>
+  </si>
+  <si>
+    <t>c_1362146</t>
+  </si>
+  <si>
+    <t>Délétion 10q26</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de délétion 10q26. Il a été élaboré par le Centre de Référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390484/fr/deletion-10q26</t>
+  </si>
+  <si>
+    <t>p_3390484</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>Syndrome d’Angelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome d'Angelman. Il a été élaboré par le Centre de Référence des Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300847/fr/syndrome-d-angelman</t>
+  </si>
+  <si>
+    <t>p_3300847</t>
+  </si>
+  <si>
+    <t>Générique Polyhandicap</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur de polyhandicap. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le centre de référence constitutif Polyhandicap et Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/06/2020 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187081/fr/generique-polyhandicap</t>
+  </si>
+  <si>
+    <t>p_3187081</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire de Duchenne</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire de Duchenne.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121365/fr/dystrophie-musculaire-de-duchenne</t>
+  </si>
+  <si>
+    <t>p_3121365</t>
+  </si>
+  <si>
+    <t>Syndrome de Weaver</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un d’un patient atteint d’un syndrome de Weaver. Il a été élaboré par le Centre de Référence Anomalies du Développement et Syndromes polymalformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3793849/fr/syndrome-de-weaver</t>
+  </si>
+  <si>
+    <t>p_3793849</t>
+  </si>
+  <si>
+    <t>Monosomie 5p</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une personne porteuse d’une monosomie 5p. Il a été élaboré par le Centre de Référence « Anomalies du développement et syndromes malformatifs » de l’Ouest (CLAD-OUEST) &amp;Centre de Référence Déficience Intellectuelle de Causes Rares (CRDI) - Filière AnDDI-Rares &amp; DéfiScience à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3357882/fr/monosomie-5p</t>
+  </si>
+  <si>
+    <t>p_3357882</t>
+  </si>
+  <si>
+    <t>Maladie liée à HNF-1β</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur d’un variant pathogène de HNF-1β. Il a été élaboré par le centre de référence des Maladies Rénales Rares sous l'égide et avec le partenariat de la Filière de Santé Maladies Rénales Rares (ORKID), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2020 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167157/fr/maladie-liee-a-hnf-1</t>
+  </si>
+  <si>
+    <t>p_3167157</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Syndrome Gilles de la Tourette</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome Gilles de la Tourette. Il a été élaboré par le Centre de référence Syndrome Gilles de la Tourette à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346137/fr/syndrome-gilles-de-la-tourette</t>
+  </si>
+  <si>
+    <t>p_3346137</t>
+  </si>
+  <si>
+    <t>Syndromes de Coffin-Siris et de Nicolaides-Baraitser (BAFopathies)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient, enfant ou adulte, atteint du Syndrome de Coffin-Siris ou de Nicolaides-Baraitser (BAFopathies). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295023/fr/syndromes-de-coffin-siris-et-de-nicolaides-baraitser-bafopathies</t>
+  </si>
+  <si>
+    <t>p_3295023</t>
+  </si>
+  <si>
+    <t>Neurodégénérescences avec accumulation intracérébrale de fer (Neurodegeneration with Brain Iron Accumulation ou NBIA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neurodégénérescence avec accumulation intracérébrale de fer. Il a été élaboré par le Centre de Référence de Neurogénétique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/04/2022 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332411/fr/neurodegenerescences-avec-accumulation-intracerebrale-de-fer-neurodegeneration-with-brain-iron-accumulation-ou-nbia</t>
+  </si>
+  <si>
+    <t>p_3332411</t>
+  </si>
+  <si>
+    <t>Anorexie Mentale à début Précoce (AMP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant/adolescent atteint d’AMP. Il a été élaboré par le Centre de Référence Anorexie Mentale à début Précoce à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353115/fr/anorexie-mentale-a-debut-precoce-amp</t>
   </si>
   <si>
     <t>p_3353115</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...5 lines deleted...]
-    <t>In the context of the medical control of healthcare spending, the aim of this assessment requested by the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) is to specify the indications and non-indications for polysomnography and respiratory polygraphy and the conditions for carrying out these examinations</t>
+    <t>Phénylcétonurie</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé.</t>
+  </si>
+  <si>
+    <t>04/06/2018 15:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953467/fr/phenylcetonurie</t>
+  </si>
+  <si>
+    <t>c_953467</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Maladie de Shwachman Diamond</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints du syndrome de Shwachman Diamond (SDS). Il a été élaboré par le Centre de référence Maladies Rares : Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/04/2023 08:33:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425536/fr/maladie-de-shwachman-diamond</t>
+  </si>
+  <si>
+    <t>p_3425536</t>
+  </si>
+  <si>
+    <t>Sevrage de la nutrition entérale chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant que l’on souhaite sevrer d’une NE. Il a été élaboré par le Centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375560/fr/sevrage-de-la-nutrition-enterale-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375560</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire de Becker</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire de Becker.</t>
+  </si>
+  <si>
+    <t>28/01/2020 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121203/fr/dystrophie-musculaire-de-becker</t>
+  </si>
+  <si>
+    <t>p_3121203</t>
+  </si>
+  <si>
+    <t>Programme Qualité de vie en Ehpad</t>
+  </si>
+  <si>
+    <t>Les éléments concourant à la qualité de vie de la personne accueillie en Ehpad se situent à quatre niveaux distincts et complémentaires. L’Anesm a donc conçu un programme spécifique Qualité de vie en Ehpad qui sera décliné à travers quatre recommandations.</t>
+  </si>
+  <si>
+    <t>10/12/2010 00:00:00</t>
   </si>
   <si>
     <t>05/01/2012 00:00:00</t>
   </si>
   <si>
-    <t>06/01/2012 09:40:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1056842/en/the-place-of-and-conditions-for-carrying-out-polysomnography-and-respiratory-polygraphy-in-sleep-disorders</t>
+    <t>https://www.has-sante.fr/jcms/c_2835485/fr/programme-qualite-de-vie-en-ehpad</t>
+  </si>
+  <si>
+    <t>c_2835485</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi des personnes potentiellement surexposées au cadmium du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3367010</t>
+  </si>
+  <si>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Guide méthodologique de recherche documentaire</t>
+  </si>
+  <si>
+    <t>Ce guide méthodologique décrit le processus d’identification de la littérature par le service documentation et veille de la HAS dans le cadre de l’élaboration des publications de l'institution. Ce document a également pour objectif de partager la méthode de recherche documentaire de la HAS.</t>
+  </si>
+  <si>
+    <t>27/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>18/12/2024 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447546/fr/guide-methodologique-de-recherche-documentaire</t>
+  </si>
+  <si>
+    <t>p_3447546</t>
+  </si>
+  <si>
+    <t>Maladie de Menkes et autres maladies du métabolisme du cuivre, hors maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé. Ce PNDS est limité à la maladie de Menkes et aux autres maladies métaboliques liées à des anomalies du métabolisme du cuivre, hors maladie de Wilson Il a été élaboré par le Centre de référence des maladies métaboliques de Nancy et Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563444/fr/maladie-de-menkes-et-autres-maladies-du-metabolisme-du-cuivre-hors-maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>p_3563444</t>
+  </si>
+  <si>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>Neutropénies chroniques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
+  </si>
+  <si>
+    <t>p_3522408</t>
+  </si>
+  <si>
+    <t>Syndrome de Wolf-Hirschhorn</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWH. Il a été élaboré par Centre de Référence « Anomalies du développement et syndromes malformatifs » d’Ile de France Filière AnDDI-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385256/fr/syndrome-de-wolf-hirschhorn</t>
+  </si>
+  <si>
+    <t>p_3385256</t>
+  </si>
+  <si>
+    <t>Gestion du capital sanguin en pré, per et post opératoire et en obstétrique</t>
+  </si>
+  <si>
+    <t>À la demande de la société française d’anesthésie-réanimation (SFAR) et du collectif national des associations d’obèse (CNAO), la HAS a élaboré des recommandations de bonnes pratiques sur la gestion du capital sanguin en pré, per et post opératoire et en obstétrique. Il s'agit d'une démarche innovante qui permet d’optimiser la prise en charge des patients devant avoir une intervention chirurgicale à risque hémorragique.</t>
+  </si>
+  <si>
+    <t>21/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2022 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193968/fr/gestion-du-capital-sanguin-en-pre-per-et-post-operatoire-et-en-obstetrique</t>
+  </si>
+  <si>
+    <t>p_3193968</t>
+  </si>
+  <si>
+    <t>Maladie de Gaucher</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Gaucher. Il a été élaboré par le Centre de Référence des Maladies Lysosomales (CRML) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/05/2022 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3339127/fr/maladie-de-gaucher</t>
+  </si>
+  <si>
+    <t>p_3339127</t>
+  </si>
+  <si>
+    <t>Syndrome MYH9</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome MYH9. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles (CRPP) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298135/fr/syndrome-myh9</t>
+  </si>
+  <si>
+    <t>p_3298135</t>
+  </si>
+  <si>
+    <t>Prise en charge de la main bote radiale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’une main bote radiale. Il a été élaboré par le centre de référence des anomalies du développement et syndromes malformatifs, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/02/2021 10:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222751/fr/prise-en-charge-de-la-main-bote-radiale</t>
+  </si>
+  <si>
+    <t>p_3222751</t>
+  </si>
+  <si>
+    <t>Maltraitance chez l’enfant : repérage et conduite à tenir</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo a été modifiée suite à l’actualisation de la recommandation de bonne pratique sur le syndrome du bébé secoué en juillet 2017.</t>
+  </si>
+  <si>
+    <t>12/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>29/09/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760393/fr/maltraitance-chez-l-enfant-reperage-et-conduite-a-tenir</t>
+  </si>
+  <si>
+    <t>c_1760393</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Place et conditions de réalisation de la polysomnographie et de la polygraphie respiratoire dans les troubles du sommeil - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Préciser les indications et non indications ainsi que les conditions d'utilisation de la polysomnographie et de la polygraphie respiratoire dans les troubles du sommeil.</t>
+  </si>
+  <si>
+    <t>01/05/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056842/fr/place-et-conditions-de-realisation-de-la-polysomnographie-et-de-la-polygraphie-respiratoire-dans-les-troubles-du-sommeil-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1056842</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Outil d’aide à la préparation des épreuves dématérialisées nationales (EDN) : mode d'emploi</t>
+  </si>
+  <si>
+    <t>La HAS a recensé parmi ses travaux ceux qui intéressent les étudiants qui préparent les épreuves dématérialisées nationales (EDN).</t>
+  </si>
+  <si>
+    <t>03/02/2023 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_646948/fr/outil-d-aide-a-la-preparation-des-epreuves-dematerialisees-nationales-edn-mode-d-emploi</t>
+  </si>
+  <si>
+    <t>c_646948</t>
+  </si>
+  <si>
+    <t>Historique des rapports annuels d'activité de la HAS</t>
+  </si>
+  <si>
+    <t>Historique des rapports annuel d’activité de la HAS depuis 2005, sous une forme synthétique plus accessible et en cohérence avec son exigence de respect des principes du développement durable. Les principaux travaux réalisés par la HAS, pour chaque année, y sont présentés.</t>
+  </si>
+  <si>
+    <t>10/04/2025 12:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1070314/fr/historique-des-rapports-annuels-d-activite-de-la-has</t>
+  </si>
+  <si>
+    <t>c_1070314</t>
+  </si>
+  <si>
+    <t>La HAS évalue le potentiel de l’IA pour assister le processus de revue de littérature</t>
+  </si>
+  <si>
+    <t>La revue de littérature occupe une place particulièrement importante au sein de la HAS. Les outils d’intelligence artificielle (IA), et en particulier l’IA générative, semblent prometteurs pour assister certaines étapes de ce processus chronophage. C’est pourquoi la HAS a lancé en 2024 une démarche d’expérimentation des outils d’IA pour la revue de littérature. L’objectif est de tester ces outils en évolution rapide, en évaluant leurs potentialités, leurs limites et les risques associés.</t>
+  </si>
+  <si>
+    <t>08/04/2025 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599818/fr/la-has-evalue-le-potentiel-de-l-ia-pour-assister-le-processus-de-revue-de-litterature</t>
+  </si>
+  <si>
+    <t>p_3599818</t>
+  </si>
+  <si>
+    <t>Publications archivées</t>
+  </si>
+  <si>
+    <t>Liste des publications archivées classées par type de document</t>
+  </si>
+  <si>
+    <t>27/03/2013 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1505659/fr/publications-archivees</t>
+  </si>
+  <si>
+    <t>r_1505659</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la prise en charge des maladies rares dans le cadre du dispositif ALD</t>
+  </si>
+  <si>
+    <t>Si la rareté de la maladie et la prise en compte de ses conséquences pour les malades justifient une organisation spécifique des soins reposant sur des centres de référence, elles ne justifient pas la création d’une ALD spécifique. Outre le fait que la fréquence ne saurait définir une maladie, une telle création éclaterait le cadre nosologique actuel des ALD et serait source de difficultés importantes pour définir les critères médicaux d’admission sans que l’on soit assuré que cela ait un impact positif réel pour les malades. La création d’une ALD spécifique maladies rares n’est donc pas recommandée. Plusieurs modifications du dispositif d’ALD sont en revanche proposées afin de parvenir à une prise en charge plus complète et équitable des maladies rares au sein du dispositif actuel des ALD.</t>
+  </si>
+  <si>
+    <t>24/11/2005 11:24:00</t>
+  </si>
+  <si>
+    <t>24/11/2005 13:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_739352/fr/avis-de-la-has-sur-la-prise-en-charge-des-maladies-rares-dans-le-cadre-du-dispositif-ald</t>
+  </si>
+  <si>
+    <t>c_739352</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H45"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>30</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>45</v>
+      </c>
+      <c r="H8" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>47</v>
+      </c>
+      <c r="C9" t="s">
+        <v>48</v>
+      </c>
+      <c r="D9" t="s">
+        <v>49</v>
+      </c>
+      <c r="E9" t="s">
+        <v>50</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>51</v>
+      </c>
+      <c r="H9" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C10" t="s">
+        <v>54</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>35</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>55</v>
+      </c>
+      <c r="H10" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>57</v>
+      </c>
+      <c r="C11" t="s">
+        <v>58</v>
+      </c>
+      <c r="D11" t="s">
+        <v>59</v>
+      </c>
+      <c r="E11" t="s">
+        <v>60</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>61</v>
+      </c>
+      <c r="H11" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>22</v>
+      </c>
+      <c r="B12" t="s">
+        <v>63</v>
+      </c>
+      <c r="C12" t="s">
+        <v>64</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>65</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>66</v>
+      </c>
+      <c r="H12" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>22</v>
+      </c>
+      <c r="B13" t="s">
+        <v>68</v>
+      </c>
+      <c r="C13" t="s">
+        <v>69</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>70</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>71</v>
+      </c>
+      <c r="H13" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>22</v>
+      </c>
+      <c r="B14" t="s">
+        <v>73</v>
+      </c>
+      <c r="C14" t="s">
+        <v>74</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>75</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>76</v>
+      </c>
+      <c r="H14" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>22</v>
+      </c>
+      <c r="B15" t="s">
+        <v>78</v>
+      </c>
+      <c r="C15" t="s">
+        <v>79</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>80</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>81</v>
+      </c>
+      <c r="H15" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>22</v>
+      </c>
+      <c r="B16" t="s">
+        <v>83</v>
+      </c>
+      <c r="C16" t="s">
+        <v>84</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>85</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>86</v>
+      </c>
+      <c r="H16" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>22</v>
+      </c>
+      <c r="B17" t="s">
+        <v>88</v>
+      </c>
+      <c r="C17" t="s">
+        <v>89</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>90</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>91</v>
+      </c>
+      <c r="H17" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>22</v>
+      </c>
+      <c r="B18" t="s">
+        <v>93</v>
+      </c>
+      <c r="C18" t="s">
+        <v>94</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>95</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>96</v>
+      </c>
+      <c r="H18" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>22</v>
+      </c>
+      <c r="B19" t="s">
+        <v>98</v>
+      </c>
+      <c r="C19" t="s">
+        <v>99</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>85</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>100</v>
+      </c>
+      <c r="H19" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>22</v>
+      </c>
+      <c r="B20" t="s">
+        <v>102</v>
+      </c>
+      <c r="C20" t="s">
+        <v>103</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>25</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>104</v>
+      </c>
+      <c r="H20" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>22</v>
+      </c>
+      <c r="B21" t="s">
+        <v>106</v>
+      </c>
+      <c r="C21" t="s">
+        <v>107</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>108</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>109</v>
+      </c>
+      <c r="H21" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>22</v>
+      </c>
+      <c r="B22" t="s">
+        <v>111</v>
+      </c>
+      <c r="C22" t="s">
+        <v>112</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>85</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>113</v>
+      </c>
+      <c r="H22" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>22</v>
+      </c>
+      <c r="B23" t="s">
+        <v>115</v>
+      </c>
+      <c r="C23" t="s">
+        <v>116</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>117</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>118</v>
+      </c>
+      <c r="H23" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>22</v>
+      </c>
+      <c r="B24" t="s">
+        <v>120</v>
+      </c>
+      <c r="C24" t="s">
+        <v>121</v>
+      </c>
+      <c r="D24" t="s">
+        <v>122</v>
+      </c>
+      <c r="E24" t="s">
+        <v>123</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>124</v>
+      </c>
+      <c r="H24" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>22</v>
+      </c>
+      <c r="B25" t="s">
+        <v>126</v>
+      </c>
+      <c r="C25" t="s">
+        <v>127</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>128</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>129</v>
+      </c>
+      <c r="H25" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>22</v>
+      </c>
+      <c r="B26" t="s">
+        <v>131</v>
+      </c>
+      <c r="C26" t="s">
+        <v>132</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>30</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>133</v>
+      </c>
+      <c r="H26" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>22</v>
+      </c>
+      <c r="B27" t="s">
+        <v>135</v>
+      </c>
+      <c r="C27" t="s">
+        <v>136</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>137</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>138</v>
+      </c>
+      <c r="H27" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>8</v>
+      </c>
+      <c r="B28" t="s">
+        <v>140</v>
+      </c>
+      <c r="C28" t="s">
+        <v>141</v>
+      </c>
+      <c r="D28" t="s">
+        <v>142</v>
+      </c>
+      <c r="E28" t="s">
+        <v>143</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>144</v>
+      </c>
+      <c r="H28" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>8</v>
+      </c>
+      <c r="B29" t="s">
+        <v>146</v>
+      </c>
+      <c r="C29" t="s">
+        <v>147</v>
+      </c>
+      <c r="D29" t="s">
+        <v>148</v>
+      </c>
+      <c r="E29" t="s">
+        <v>149</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>150</v>
+      </c>
+      <c r="H29" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>152</v>
+      </c>
+      <c r="B30" t="s">
+        <v>153</v>
+      </c>
+      <c r="C30" t="s">
+        <v>154</v>
+      </c>
+      <c r="D30" t="s">
+        <v>155</v>
+      </c>
+      <c r="E30" t="s">
+        <v>156</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>157</v>
+      </c>
+      <c r="H30" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>22</v>
+      </c>
+      <c r="B31" t="s">
+        <v>159</v>
+      </c>
+      <c r="C31" t="s">
+        <v>160</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>161</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>162</v>
+      </c>
+      <c r="H31" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>22</v>
+      </c>
+      <c r="B32" t="s">
+        <v>164</v>
+      </c>
+      <c r="C32" t="s">
+        <v>165</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>166</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>167</v>
+      </c>
+      <c r="H32" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>22</v>
+      </c>
+      <c r="B33" t="s">
+        <v>169</v>
+      </c>
+      <c r="C33" t="s">
+        <v>170</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>171</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>172</v>
+      </c>
+      <c r="H33" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>22</v>
+      </c>
+      <c r="B34" t="s">
+        <v>174</v>
+      </c>
+      <c r="C34" t="s">
+        <v>175</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>176</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>177</v>
+      </c>
+      <c r="H34" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>8</v>
+      </c>
+      <c r="B35" t="s">
+        <v>179</v>
+      </c>
+      <c r="C35" t="s">
+        <v>180</v>
+      </c>
+      <c r="D35" t="s">
+        <v>181</v>
+      </c>
+      <c r="E35" t="s">
+        <v>182</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>183</v>
+      </c>
+      <c r="H35" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>22</v>
+      </c>
+      <c r="B36" t="s">
+        <v>185</v>
+      </c>
+      <c r="C36" t="s">
+        <v>186</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>187</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>188</v>
+      </c>
+      <c r="H36" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>22</v>
+      </c>
+      <c r="B37" t="s">
+        <v>190</v>
+      </c>
+      <c r="C37" t="s">
+        <v>191</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>192</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>193</v>
+      </c>
+      <c r="H37" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>22</v>
+      </c>
+      <c r="B38" t="s">
+        <v>195</v>
+      </c>
+      <c r="C38" t="s">
+        <v>196</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>197</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>198</v>
+      </c>
+      <c r="H38" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>8</v>
+      </c>
+      <c r="B39" t="s">
+        <v>200</v>
+      </c>
+      <c r="C39" t="s">
+        <v>201</v>
+      </c>
+      <c r="D39" t="s">
+        <v>202</v>
+      </c>
+      <c r="E39" t="s">
+        <v>203</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>204</v>
+      </c>
+      <c r="H39" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>206</v>
+      </c>
+      <c r="B40" t="s">
+        <v>207</v>
+      </c>
+      <c r="C40" t="s">
+        <v>208</v>
+      </c>
+      <c r="D40" t="s">
+        <v>209</v>
+      </c>
+      <c r="E40" t="s">
+        <v>210</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>211</v>
+      </c>
+      <c r="H40" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>213</v>
+      </c>
+      <c r="B41" t="s">
+        <v>214</v>
+      </c>
+      <c r="C41" t="s">
+        <v>215</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>216</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>217</v>
+      </c>
+      <c r="H41" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>213</v>
+      </c>
+      <c r="B42" t="s">
+        <v>219</v>
+      </c>
+      <c r="C42" t="s">
+        <v>220</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>221</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>222</v>
+      </c>
+      <c r="H42" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>213</v>
+      </c>
+      <c r="B43" t="s">
+        <v>224</v>
+      </c>
+      <c r="C43" t="s">
+        <v>225</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>226</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>227</v>
+      </c>
+      <c r="H43" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>213</v>
+      </c>
+      <c r="B44" t="s">
+        <v>229</v>
+      </c>
+      <c r="C44" t="s">
+        <v>230</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>231</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>232</v>
+      </c>
+      <c r="H44" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>234</v>
+      </c>
+      <c r="B45" t="s">
+        <v>235</v>
+      </c>
+      <c r="C45" t="s">
+        <v>236</v>
+      </c>
+      <c r="D45" t="s">
+        <v>237</v>
+      </c>
+      <c r="E45" t="s">
+        <v>238</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>239</v>
+      </c>
+      <c r="H45" t="s">
+        <v>240</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>