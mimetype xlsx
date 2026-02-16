--- v1 (2026-01-01)
+++ v2 (2026-02-16)
@@ -9,92 +9,110 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="360" uniqueCount="241">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="368" uniqueCount="247">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
     <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
   </si>
   <si>
     <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
   </si>
   <si>
     <t>26/03/2018 00:00:00</t>
   </si>
   <si>
     <t>26/03/2018 05:00:00</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
   </si>
   <si>
     <t>c_2006477</t>
   </si>
   <si>
     <t>L’accompagnement de la personne polyhandicapée dans sa spécificité</t>
   </si>
   <si>
     <t>Les recommandations sur l’accompagnement de la personne polyhandicapée (enfants et adultes) à domicile ou en établissement s’adressent à tous les professionnels des établissements et services sociaux et médico-sociaux (ESSMS) ainsi qu’aux aidants (parents, fratrie…). L'objectif est de les aider dans un accompagnement personnalisé et centré sur les capacités de la personne tout au long de son parcours de vie.</t>
   </si>
   <si>
     <t>13/10/2020 00:00:00</t>
   </si>
   <si>
     <t>03/11/2020 17:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3215404/fr/l-accompagnement-de-la-personne-polyhandicapee-dans-sa-specificite</t>
   </si>
   <si>
     <t>p_3215404</t>
   </si>
@@ -782,51 +800,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H45"/>
+  <dimension ref="A1:H46"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -868,1133 +886,1159 @@
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="H7" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B8" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C8" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H8" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B9" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D9" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
         <v>50</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>51</v>
       </c>
       <c r="H9" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>53</v>
       </c>
       <c r="C10" t="s">
         <v>54</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>55</v>
       </c>
       <c r="E10" t="s">
-        <v>35</v>
+        <v>56</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="H10" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B11" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C11" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="D11" t="s">
-        <v>59</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>60</v>
+        <v>41</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>61</v>
       </c>
       <c r="H11" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>63</v>
       </c>
       <c r="C12" t="s">
         <v>64</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="E12" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H12" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B13" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C13" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H13" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B14" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C14" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H14" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B16" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C16" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H16" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B17" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C17" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H17" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B18" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C18" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H18" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B19" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C19" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>85</v>
+        <v>101</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H19" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B20" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="C20" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>25</v>
+        <v>91</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="H20" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B21" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C21" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>108</v>
+        <v>31</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="H21" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B22" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C22" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>85</v>
+        <v>114</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="H22" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B23" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C23" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>117</v>
+        <v>91</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H23" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B24" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C24" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D24" t="s">
-        <v>122</v>
+        <v>13</v>
       </c>
       <c r="E24" t="s">
         <v>123</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
         <v>124</v>
       </c>
       <c r="H24" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B25" t="s">
         <v>126</v>
       </c>
       <c r="C25" t="s">
         <v>127</v>
       </c>
       <c r="D25" t="s">
-        <v>13</v>
+        <v>128</v>
       </c>
       <c r="E25" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="H25" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B26" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C26" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>30</v>
+        <v>134</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="H26" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B27" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C27" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>137</v>
+        <v>36</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="H27" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B28" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C28" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D28" t="s">
-        <v>142</v>
+        <v>13</v>
       </c>
       <c r="E28" t="s">
         <v>143</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
         <v>144</v>
       </c>
       <c r="H28" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>146</v>
       </c>
       <c r="C29" t="s">
         <v>147</v>
       </c>
       <c r="D29" t="s">
         <v>148</v>
       </c>
       <c r="E29" t="s">
         <v>149</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
         <v>150</v>
       </c>
       <c r="H29" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
+        <v>8</v>
+      </c>
+      <c r="B30" t="s">
         <v>152</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>153</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
         <v>154</v>
       </c>
-      <c r="D30" t="s">
+      <c r="E30" t="s">
         <v>155</v>
       </c>
-      <c r="E30" t="s">
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
         <v>156</v>
       </c>
-      <c r="F30" t="s">
-[...2 lines deleted...]
-      <c r="G30" t="s">
+      <c r="H30" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>22</v>
+        <v>158</v>
       </c>
       <c r="B31" t="s">
         <v>159</v>
       </c>
       <c r="C31" t="s">
         <v>160</v>
       </c>
       <c r="D31" t="s">
-        <v>13</v>
+        <v>161</v>
       </c>
       <c r="E31" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="H31" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B32" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C32" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="H32" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B33" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C33" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H33" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B34" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C34" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H34" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B35" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C35" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D35" t="s">
-        <v>181</v>
+        <v>13</v>
       </c>
       <c r="E35" t="s">
         <v>182</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
         <v>183</v>
       </c>
       <c r="H35" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>185</v>
       </c>
       <c r="C36" t="s">
         <v>186</v>
       </c>
       <c r="D36" t="s">
-        <v>13</v>
+        <v>187</v>
       </c>
       <c r="E36" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="H36" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B37" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C37" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="H37" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B38" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C38" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="H38" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B39" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C39" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D39" t="s">
-        <v>202</v>
+        <v>13</v>
       </c>
       <c r="E39" t="s">
         <v>203</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
         <v>204</v>
       </c>
       <c r="H39" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
+        <v>8</v>
+      </c>
+      <c r="B40" t="s">
         <v>206</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>207</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
         <v>208</v>
       </c>
-      <c r="D40" t="s">
+      <c r="E40" t="s">
         <v>209</v>
       </c>
-      <c r="E40" t="s">
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
         <v>210</v>
       </c>
-      <c r="F40" t="s">
-[...2 lines deleted...]
-      <c r="G40" t="s">
+      <c r="H40" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
+        <v>212</v>
+      </c>
+      <c r="B41" t="s">
         <v>213</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>214</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E41" t="s">
         <v>216</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
         <v>217</v>
       </c>
       <c r="H41" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="B42" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C42" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="H42" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="B43" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C43" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="H43" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="B44" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C44" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="H44" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>234</v>
+        <v>219</v>
       </c>
       <c r="B45" t="s">
         <v>235</v>
       </c>
       <c r="C45" t="s">
         <v>236</v>
       </c>
       <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
         <v>237</v>
       </c>
-      <c r="E45" t="s">
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
         <v>238</v>
       </c>
-      <c r="F45" t="s">
-[...2 lines deleted...]
-      <c r="G45" t="s">
+      <c r="H45" t="s">
         <v>239</v>
       </c>
-      <c r="H45" t="s">
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
         <v>240</v>
+      </c>
+      <c r="B46" t="s">
+        <v>241</v>
+      </c>
+      <c r="C46" t="s">
+        <v>242</v>
+      </c>
+      <c r="D46" t="s">
+        <v>243</v>
+      </c>
+      <c r="E46" t="s">
+        <v>244</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>245</v>
+      </c>
+      <c r="H46" t="s">
+        <v>246</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>