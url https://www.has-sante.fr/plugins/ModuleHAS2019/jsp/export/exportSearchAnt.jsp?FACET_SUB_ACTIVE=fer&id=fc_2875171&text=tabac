--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -42,51 +42,51 @@
     <sheet name="Export Evaluation des technolog" r:id="rId9" sheetId="7"/>
     <sheet name="Export évènement de calendrier" r:id="rId10" sheetId="8"/>
     <sheet name="Export Avis et décisions de la " r:id="rId11" sheetId="9"/>
     <sheet name="Export Études et Rapports" r:id="rId12" sheetId="10"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId13" sheetId="11"/>
     <sheet name="Export Article HAS" r:id="rId14" sheetId="12"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="835" uniqueCount="525">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="851" uniqueCount="535">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -377,50 +377,65 @@
   <si>
     <t>13/10/2021 14:05:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_565906/fr/ald-n-19-nephropathie-chronique-grave</t>
   </si>
   <si>
     <t>c_565906</t>
   </si>
   <si>
     <t>Maladie Rénale Chronique (MRC) de l’enfant</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de maladie rénale chronique. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>07/12/2018 15:31:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2889689/fr/maladie-renale-chronique-mrc-de-l-enfant</t>
   </si>
   <si>
     <t>c_2889689</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Alpha-mannosidose</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’alpha-mannosidose (α-Man). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>21/11/2024 15:16:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3557765/fr/alpha-mannosidose</t>
   </si>
   <si>
     <t>p_3557765</t>
   </si>
   <si>
     <t>Aplasies médullaires acquises et constitutionnelles</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/05/2024 18:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
@@ -528,50 +543,65 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/05/2024 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
   </si>
   <si>
     <t>c_938890</t>
   </si>
   <si>
     <t>Trisomie 21</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>29/01/2020 15:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
   </si>
   <si>
     <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
   </si>
   <si>
     <t>ALD n° 6 - Cirrhoses alcooliques</t>
   </si>
   <si>
     <t>17/10/2024 00:00:00</t>
   </si>
   <si>
     <t>15/11/2024 15:22:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_718958/fr/ald-n-6-cirrhoses-alcooliques</t>
   </si>
   <si>
     <t>c_718958</t>
   </si>
   <si>
     <t>Glycogénose de type I</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GSD I. Il a été élaboré par le Centre de Référence Maladies Héréditaires du Métabolisme, Filières de Santé Maladies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>13/12/2022 11:52:00</t>
   </si>
@@ -1843,360 +1873,360 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>474</v>
+        <v>484</v>
       </c>
       <c r="B2" t="s">
-        <v>475</v>
+        <v>485</v>
       </c>
       <c r="C2" t="s">
-        <v>476</v>
+        <v>486</v>
       </c>
       <c r="D2" t="s">
-        <v>477</v>
+        <v>487</v>
       </c>
       <c r="E2" t="s">
-        <v>478</v>
+        <v>488</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>479</v>
+        <v>489</v>
       </c>
       <c r="H2" t="s">
-        <v>480</v>
+        <v>490</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>474</v>
+        <v>484</v>
       </c>
       <c r="B3" t="s">
-        <v>481</v>
+        <v>491</v>
       </c>
       <c r="C3" t="s">
-        <v>482</v>
+        <v>492</v>
       </c>
       <c r="D3" t="s">
-        <v>483</v>
+        <v>493</v>
       </c>
       <c r="E3" t="s">
-        <v>484</v>
+        <v>494</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>485</v>
+        <v>495</v>
       </c>
       <c r="H3" t="s">
-        <v>486</v>
+        <v>496</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>487</v>
+        <v>497</v>
       </c>
       <c r="B2" t="s">
-        <v>488</v>
+        <v>498</v>
       </c>
       <c r="C2" t="s">
-        <v>489</v>
+        <v>499</v>
       </c>
       <c r="D2" t="s">
-        <v>490</v>
+        <v>500</v>
       </c>
       <c r="E2" t="s">
-        <v>491</v>
+        <v>501</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>492</v>
+        <v>502</v>
       </c>
       <c r="H2" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>494</v>
+        <v>504</v>
       </c>
       <c r="B2" t="s">
-        <v>495</v>
+        <v>505</v>
       </c>
       <c r="C2" t="s">
-        <v>496</v>
+        <v>506</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>497</v>
+        <v>507</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>498</v>
+        <v>508</v>
       </c>
       <c r="H2" t="s">
-        <v>499</v>
+        <v>509</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>494</v>
+        <v>504</v>
       </c>
       <c r="B3" t="s">
-        <v>500</v>
+        <v>510</v>
       </c>
       <c r="C3" t="s">
-        <v>501</v>
+        <v>511</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>502</v>
+        <v>512</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>503</v>
+        <v>513</v>
       </c>
       <c r="H3" t="s">
-        <v>504</v>
+        <v>514</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>494</v>
+        <v>504</v>
       </c>
       <c r="B4" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
       <c r="C4" t="s">
-        <v>506</v>
+        <v>516</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>507</v>
+        <v>517</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>508</v>
+        <v>518</v>
       </c>
       <c r="H4" t="s">
-        <v>509</v>
+        <v>519</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>494</v>
+        <v>504</v>
       </c>
       <c r="B5" t="s">
-        <v>510</v>
+        <v>520</v>
       </c>
       <c r="C5" t="s">
-        <v>511</v>
+        <v>521</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>512</v>
+        <v>522</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>513</v>
+        <v>523</v>
       </c>
       <c r="H5" t="s">
-        <v>514</v>
+        <v>524</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>494</v>
+        <v>504</v>
       </c>
       <c r="B6" t="s">
-        <v>515</v>
+        <v>525</v>
       </c>
       <c r="C6" t="s">
-        <v>516</v>
+        <v>526</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>517</v>
+        <v>527</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>518</v>
+        <v>528</v>
       </c>
       <c r="H6" t="s">
-        <v>519</v>
+        <v>529</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>494</v>
+        <v>504</v>
       </c>
       <c r="B7" t="s">
-        <v>520</v>
+        <v>530</v>
       </c>
       <c r="C7" t="s">
-        <v>521</v>
+        <v>531</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>522</v>
+        <v>532</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>523</v>
+        <v>533</v>
       </c>
       <c r="H7" t="s">
-        <v>524</v>
+        <v>534</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -2281,51 +2311,51 @@
       </c>
       <c r="D4" t="s">
         <v>47</v>
       </c>
       <c r="E4" t="s">
         <v>48</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
         <v>49</v>
       </c>
       <c r="H4" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H35"/>
+  <dimension ref="A1:H37"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2714,259 +2744,259 @@
       </c>
       <c r="E16" t="s">
         <v>128</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
         <v>129</v>
       </c>
       <c r="H16" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>51</v>
       </c>
       <c r="B17" t="s">
         <v>131</v>
       </c>
       <c r="C17" t="s">
         <v>132</v>
       </c>
       <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
         <v>133</v>
       </c>
-      <c r="E17" t="s">
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
         <v>134</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>51</v>
       </c>
       <c r="B18" t="s">
+        <v>136</v>
+      </c>
+      <c r="C18" t="s">
         <v>137</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E18" t="s">
         <v>139</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
         <v>140</v>
       </c>
       <c r="H18" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>51</v>
       </c>
       <c r="B19" t="s">
         <v>142</v>
       </c>
       <c r="C19" t="s">
         <v>143</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
         <v>144</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
         <v>145</v>
       </c>
       <c r="H19" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>51</v>
       </c>
       <c r="B20" t="s">
         <v>147</v>
       </c>
       <c r="C20" t="s">
-        <v>76</v>
+        <v>148</v>
       </c>
       <c r="D20" t="s">
-        <v>148</v>
+        <v>12</v>
       </c>
       <c r="E20" t="s">
         <v>149</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
         <v>150</v>
       </c>
       <c r="H20" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>51</v>
       </c>
       <c r="B21" t="s">
         <v>152</v>
       </c>
       <c r="C21" t="s">
+        <v>76</v>
+      </c>
+      <c r="D21" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E21" t="s">
         <v>154</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
         <v>155</v>
       </c>
       <c r="H21" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>51</v>
       </c>
       <c r="B22" t="s">
         <v>157</v>
       </c>
       <c r="C22" t="s">
         <v>158</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
         <v>159</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
         <v>160</v>
       </c>
       <c r="H22" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>51</v>
       </c>
       <c r="B23" t="s">
         <v>162</v>
       </c>
       <c r="C23" t="s">
-        <v>76</v>
+        <v>163</v>
       </c>
       <c r="D23" t="s">
-        <v>163</v>
+        <v>12</v>
       </c>
       <c r="E23" t="s">
         <v>164</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
         <v>165</v>
       </c>
       <c r="H23" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>167</v>
       </c>
       <c r="C24" t="s">
         <v>168</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
         <v>169</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
         <v>170</v>
       </c>
       <c r="H24" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>51</v>
       </c>
       <c r="B25" t="s">
         <v>172</v>
       </c>
       <c r="C25" t="s">
+        <v>76</v>
+      </c>
+      <c r="D25" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E25" t="s">
         <v>174</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
         <v>175</v>
       </c>
       <c r="H25" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>51</v>
       </c>
       <c r="B26" t="s">
         <v>177</v>
       </c>
       <c r="C26" t="s">
         <v>178</v>
       </c>
       <c r="D26" t="s">
@@ -3003,103 +3033,103 @@
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
         <v>185</v>
       </c>
       <c r="H27" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>51</v>
       </c>
       <c r="B28" t="s">
         <v>187</v>
       </c>
       <c r="C28" t="s">
         <v>188</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>88</v>
+        <v>189</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="H28" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>51</v>
       </c>
       <c r="B29" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C29" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="H29" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>51</v>
       </c>
       <c r="B30" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C30" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>198</v>
+        <v>88</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30" t="s">
         <v>199</v>
       </c>
       <c r="H30" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>51</v>
       </c>
       <c r="B31" t="s">
         <v>201</v>
       </c>
       <c r="C31" t="s">
         <v>202</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
@@ -3159,1422 +3189,1474 @@
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33" t="s">
         <v>214</v>
       </c>
       <c r="H33" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>51</v>
       </c>
       <c r="B34" t="s">
         <v>216</v>
       </c>
       <c r="C34" t="s">
         <v>217</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="H34" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>51</v>
       </c>
       <c r="B35" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C35" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D35" t="s">
-        <v>222</v>
+        <v>12</v>
       </c>
       <c r="E35" t="s">
         <v>223</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35" t="s">
         <v>224</v>
       </c>
       <c r="H35" t="s">
         <v>225</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>51</v>
+      </c>
+      <c r="B36" t="s">
+        <v>226</v>
+      </c>
+      <c r="C36" t="s">
+        <v>227</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>223</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>228</v>
+      </c>
+      <c r="H36" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>51</v>
+      </c>
+      <c r="B37" t="s">
+        <v>230</v>
+      </c>
+      <c r="C37" t="s">
+        <v>231</v>
+      </c>
+      <c r="D37" t="s">
+        <v>232</v>
+      </c>
+      <c r="E37" t="s">
+        <v>233</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
+        <v>234</v>
+      </c>
+      <c r="H37" t="s">
+        <v>235</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H31"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B2" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="C2" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="D2" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="E2" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>231</v>
+        <v>241</v>
       </c>
       <c r="H2" t="s">
-        <v>232</v>
+        <v>242</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B3" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="C3" t="s">
-        <v>234</v>
+        <v>244</v>
       </c>
       <c r="D3" t="s">
-        <v>235</v>
+        <v>245</v>
       </c>
       <c r="E3" t="s">
-        <v>236</v>
+        <v>246</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>237</v>
+        <v>247</v>
       </c>
       <c r="H3" t="s">
-        <v>238</v>
+        <v>248</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B4" t="s">
-        <v>239</v>
+        <v>249</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>240</v>
+        <v>250</v>
       </c>
       <c r="E4" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>242</v>
+        <v>252</v>
       </c>
       <c r="H4" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B5" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="C5" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="D5" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
       <c r="E5" t="s">
-        <v>247</v>
+        <v>257</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>248</v>
+        <v>258</v>
       </c>
       <c r="H5" t="s">
-        <v>249</v>
+        <v>259</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B6" t="s">
-        <v>250</v>
+        <v>260</v>
       </c>
       <c r="C6" t="s">
-        <v>251</v>
+        <v>261</v>
       </c>
       <c r="D6" t="s">
-        <v>252</v>
+        <v>262</v>
       </c>
       <c r="E6" t="s">
-        <v>253</v>
+        <v>263</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>254</v>
+        <v>264</v>
       </c>
       <c r="H6" t="s">
-        <v>255</v>
+        <v>265</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B7" t="s">
-        <v>256</v>
+        <v>266</v>
       </c>
       <c r="C7" t="s">
-        <v>257</v>
+        <v>267</v>
       </c>
       <c r="D7" t="s">
-        <v>258</v>
+        <v>268</v>
       </c>
       <c r="E7" t="s">
-        <v>259</v>
+        <v>269</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>260</v>
+        <v>270</v>
       </c>
       <c r="H7" t="s">
-        <v>261</v>
+        <v>271</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B8" t="s">
-        <v>262</v>
+        <v>272</v>
       </c>
       <c r="C8" t="s">
-        <v>263</v>
+        <v>273</v>
       </c>
       <c r="D8" t="s">
         <v>60</v>
       </c>
       <c r="E8" t="s">
-        <v>264</v>
+        <v>274</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>265</v>
+        <v>275</v>
       </c>
       <c r="H8" t="s">
-        <v>266</v>
+        <v>276</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B9" t="s">
-        <v>267</v>
+        <v>277</v>
       </c>
       <c r="C9" t="s">
-        <v>268</v>
+        <v>278</v>
       </c>
       <c r="D9" t="s">
-        <v>269</v>
+        <v>279</v>
       </c>
       <c r="E9" t="s">
-        <v>270</v>
+        <v>280</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>271</v>
+        <v>281</v>
       </c>
       <c r="H9" t="s">
-        <v>272</v>
+        <v>282</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B10" t="s">
-        <v>273</v>
+        <v>283</v>
       </c>
       <c r="C10" t="s">
-        <v>274</v>
+        <v>284</v>
       </c>
       <c r="D10" t="s">
-        <v>275</v>
+        <v>285</v>
       </c>
       <c r="E10" t="s">
-        <v>276</v>
+        <v>286</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>277</v>
+        <v>287</v>
       </c>
       <c r="H10" t="s">
-        <v>278</v>
+        <v>288</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B11" t="s">
-        <v>279</v>
+        <v>289</v>
       </c>
       <c r="C11" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="D11" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="E11" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="H11" t="s">
-        <v>282</v>
+        <v>292</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B12" t="s">
-        <v>283</v>
+        <v>293</v>
       </c>
       <c r="C12" t="s">
-        <v>284</v>
+        <v>294</v>
       </c>
       <c r="D12" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="E12" t="s">
-        <v>286</v>
+        <v>296</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>287</v>
+        <v>297</v>
       </c>
       <c r="H12" t="s">
-        <v>288</v>
+        <v>298</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B13" t="s">
-        <v>289</v>
+        <v>299</v>
       </c>
       <c r="C13" t="s">
-        <v>290</v>
+        <v>300</v>
       </c>
       <c r="D13" t="s">
-        <v>291</v>
+        <v>301</v>
       </c>
       <c r="E13" t="s">
-        <v>292</v>
+        <v>302</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>293</v>
+        <v>303</v>
       </c>
       <c r="H13" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B14" t="s">
-        <v>295</v>
+        <v>305</v>
       </c>
       <c r="C14" t="s">
-        <v>296</v>
+        <v>306</v>
       </c>
       <c r="D14" t="s">
-        <v>297</v>
+        <v>307</v>
       </c>
       <c r="E14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>299</v>
+        <v>309</v>
       </c>
       <c r="H14" t="s">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B15" t="s">
-        <v>301</v>
+        <v>311</v>
       </c>
       <c r="C15" t="s">
-        <v>302</v>
+        <v>312</v>
       </c>
       <c r="D15" t="s">
-        <v>303</v>
+        <v>313</v>
       </c>
       <c r="E15" t="s">
-        <v>304</v>
+        <v>314</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>305</v>
+        <v>315</v>
       </c>
       <c r="H15" t="s">
-        <v>306</v>
+        <v>316</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B16" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="C16" t="s">
-        <v>308</v>
+        <v>318</v>
       </c>
       <c r="D16" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="E16" t="s">
-        <v>310</v>
+        <v>320</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>311</v>
+        <v>321</v>
       </c>
       <c r="H16" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B17" t="s">
-        <v>313</v>
+        <v>323</v>
       </c>
       <c r="C17" t="s">
-        <v>314</v>
+        <v>324</v>
       </c>
       <c r="D17" t="s">
-        <v>315</v>
+        <v>325</v>
       </c>
       <c r="E17" t="s">
-        <v>316</v>
+        <v>326</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>317</v>
+        <v>327</v>
       </c>
       <c r="H17" t="s">
-        <v>318</v>
+        <v>328</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B18" t="s">
-        <v>319</v>
+        <v>329</v>
       </c>
       <c r="C18" t="s">
-        <v>320</v>
+        <v>330</v>
       </c>
       <c r="D18" t="s">
-        <v>321</v>
+        <v>331</v>
       </c>
       <c r="E18" t="s">
-        <v>322</v>
+        <v>332</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>323</v>
+        <v>333</v>
       </c>
       <c r="H18" t="s">
-        <v>324</v>
+        <v>334</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B19" t="s">
-        <v>325</v>
+        <v>335</v>
       </c>
       <c r="C19" t="s">
-        <v>326</v>
+        <v>336</v>
       </c>
       <c r="D19" t="s">
-        <v>327</v>
+        <v>337</v>
       </c>
       <c r="E19" t="s">
-        <v>328</v>
+        <v>338</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>329</v>
+        <v>339</v>
       </c>
       <c r="H19" t="s">
-        <v>330</v>
+        <v>340</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B20" t="s">
-        <v>331</v>
+        <v>341</v>
       </c>
       <c r="C20" t="s">
-        <v>332</v>
+        <v>342</v>
       </c>
       <c r="D20" t="s">
-        <v>333</v>
+        <v>343</v>
       </c>
       <c r="E20" t="s">
-        <v>334</v>
+        <v>344</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>335</v>
+        <v>345</v>
       </c>
       <c r="H20" t="s">
-        <v>336</v>
+        <v>346</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B21" t="s">
-        <v>337</v>
+        <v>347</v>
       </c>
       <c r="C21" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="D21" t="s">
-        <v>339</v>
+        <v>349</v>
       </c>
       <c r="E21" t="s">
-        <v>340</v>
+        <v>350</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>341</v>
+        <v>351</v>
       </c>
       <c r="H21" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B22" t="s">
-        <v>343</v>
+        <v>353</v>
       </c>
       <c r="C22" t="s">
-        <v>344</v>
+        <v>354</v>
       </c>
       <c r="D22" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
       <c r="E22" t="s">
-        <v>346</v>
+        <v>356</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>347</v>
+        <v>357</v>
       </c>
       <c r="H22" t="s">
-        <v>348</v>
+        <v>358</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B23" t="s">
-        <v>349</v>
+        <v>359</v>
       </c>
       <c r="C23" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="D23" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="E23" t="s">
-        <v>352</v>
+        <v>362</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>353</v>
+        <v>363</v>
       </c>
       <c r="H23" t="s">
-        <v>354</v>
+        <v>364</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B24" t="s">
-        <v>355</v>
+        <v>365</v>
       </c>
       <c r="C24" t="s">
-        <v>356</v>
+        <v>366</v>
       </c>
       <c r="D24" t="s">
-        <v>357</v>
+        <v>367</v>
       </c>
       <c r="E24" t="s">
-        <v>358</v>
+        <v>368</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="H24" t="s">
-        <v>360</v>
+        <v>370</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B25" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="C25" t="s">
-        <v>362</v>
+        <v>372</v>
       </c>
       <c r="D25" t="s">
-        <v>363</v>
+        <v>373</v>
       </c>
       <c r="E25" t="s">
-        <v>364</v>
+        <v>374</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>365</v>
+        <v>375</v>
       </c>
       <c r="H25" t="s">
-        <v>366</v>
+        <v>376</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B26" t="s">
-        <v>367</v>
+        <v>377</v>
       </c>
       <c r="C26" t="s">
-        <v>368</v>
+        <v>378</v>
       </c>
       <c r="D26" t="s">
-        <v>369</v>
+        <v>379</v>
       </c>
       <c r="E26" t="s">
-        <v>370</v>
+        <v>380</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>371</v>
+        <v>381</v>
       </c>
       <c r="H26" t="s">
-        <v>372</v>
+        <v>382</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B27" t="s">
-        <v>373</v>
+        <v>383</v>
       </c>
       <c r="C27" t="s">
-        <v>374</v>
+        <v>384</v>
       </c>
       <c r="D27" t="s">
-        <v>375</v>
+        <v>385</v>
       </c>
       <c r="E27" t="s">
-        <v>376</v>
+        <v>386</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>377</v>
+        <v>387</v>
       </c>
       <c r="H27" t="s">
-        <v>378</v>
+        <v>388</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B28" t="s">
-        <v>379</v>
+        <v>389</v>
       </c>
       <c r="C28" t="s">
-        <v>380</v>
+        <v>390</v>
       </c>
       <c r="D28" t="s">
-        <v>303</v>
+        <v>313</v>
       </c>
       <c r="E28" t="s">
-        <v>381</v>
+        <v>391</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>382</v>
+        <v>392</v>
       </c>
       <c r="H28" t="s">
-        <v>383</v>
+        <v>393</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B29" t="s">
-        <v>384</v>
+        <v>394</v>
       </c>
       <c r="C29" t="s">
-        <v>385</v>
+        <v>395</v>
       </c>
       <c r="D29" t="s">
-        <v>386</v>
+        <v>396</v>
       </c>
       <c r="E29" t="s">
-        <v>386</v>
+        <v>396</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>387</v>
+        <v>397</v>
       </c>
       <c r="H29" t="s">
-        <v>388</v>
+        <v>398</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B30" t="s">
-        <v>389</v>
+        <v>399</v>
       </c>
       <c r="C30" t="s">
-        <v>390</v>
+        <v>400</v>
       </c>
       <c r="D30" t="s">
-        <v>391</v>
+        <v>401</v>
       </c>
       <c r="E30" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="H30" t="s">
-        <v>394</v>
+        <v>404</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="B31" t="s">
-        <v>395</v>
+        <v>405</v>
       </c>
       <c r="C31" t="s">
-        <v>396</v>
+        <v>406</v>
       </c>
       <c r="D31" t="s">
         <v>47</v>
       </c>
       <c r="E31" t="s">
-        <v>397</v>
+        <v>407</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31" t="s">
-        <v>398</v>
+        <v>408</v>
       </c>
       <c r="H31" t="s">
-        <v>399</v>
+        <v>409</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>400</v>
+        <v>410</v>
       </c>
       <c r="B2" t="s">
-        <v>401</v>
+        <v>411</v>
       </c>
       <c r="C2" t="s">
-        <v>402</v>
+        <v>412</v>
       </c>
       <c r="D2" t="s">
-        <v>403</v>
+        <v>413</v>
       </c>
       <c r="E2" t="s">
-        <v>404</v>
+        <v>414</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>405</v>
+        <v>415</v>
       </c>
       <c r="H2" t="s">
-        <v>406</v>
+        <v>416</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>407</v>
+        <v>417</v>
       </c>
       <c r="B2" t="s">
-        <v>408</v>
+        <v>418</v>
       </c>
       <c r="C2" t="s">
-        <v>409</v>
+        <v>419</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>410</v>
+        <v>420</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>411</v>
+        <v>421</v>
       </c>
       <c r="H2" t="s">
-        <v>412</v>
+        <v>422</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>413</v>
+        <v>423</v>
       </c>
       <c r="B2" t="s">
-        <v>414</v>
+        <v>424</v>
       </c>
       <c r="C2" t="s">
-        <v>415</v>
+        <v>425</v>
       </c>
       <c r="D2" t="s">
-        <v>416</v>
+        <v>426</v>
       </c>
       <c r="E2" t="s">
-        <v>417</v>
+        <v>427</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>418</v>
+        <v>428</v>
       </c>
       <c r="H2" t="s">
-        <v>419</v>
+        <v>429</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>413</v>
+        <v>423</v>
       </c>
       <c r="B3" t="s">
-        <v>420</v>
+        <v>430</v>
       </c>
       <c r="C3" t="s">
-        <v>421</v>
+        <v>431</v>
       </c>
       <c r="D3" t="s">
-        <v>422</v>
+        <v>432</v>
       </c>
       <c r="E3" t="s">
-        <v>423</v>
+        <v>433</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>424</v>
+        <v>434</v>
       </c>
       <c r="H3" t="s">
-        <v>425</v>
+        <v>435</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>413</v>
+        <v>423</v>
       </c>
       <c r="B4" t="s">
-        <v>426</v>
+        <v>436</v>
       </c>
       <c r="C4" t="s">
-        <v>427</v>
+        <v>437</v>
       </c>
       <c r="D4" t="s">
-        <v>428</v>
+        <v>438</v>
       </c>
       <c r="E4" t="s">
-        <v>429</v>
+        <v>439</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>430</v>
+        <v>440</v>
       </c>
       <c r="H4" t="s">
-        <v>431</v>
+        <v>441</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>413</v>
+        <v>423</v>
       </c>
       <c r="B5" t="s">
-        <v>432</v>
+        <v>442</v>
       </c>
       <c r="C5" t="s">
-        <v>433</v>
+        <v>443</v>
       </c>
       <c r="D5" t="s">
-        <v>434</v>
+        <v>444</v>
       </c>
       <c r="E5" t="s">
-        <v>435</v>
+        <v>445</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>436</v>
+        <v>446</v>
       </c>
       <c r="H5" t="s">
-        <v>437</v>
+        <v>447</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>413</v>
+        <v>423</v>
       </c>
       <c r="B6" t="s">
-        <v>438</v>
+        <v>448</v>
       </c>
       <c r="C6" t="s">
-        <v>439</v>
+        <v>449</v>
       </c>
       <c r="D6" t="s">
-        <v>440</v>
+        <v>450</v>
       </c>
       <c r="E6" t="s">
-        <v>441</v>
+        <v>451</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>442</v>
+        <v>452</v>
       </c>
       <c r="H6" t="s">
-        <v>443</v>
+        <v>453</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>413</v>
+        <v>423</v>
       </c>
       <c r="B7" t="s">
-        <v>444</v>
+        <v>454</v>
       </c>
       <c r="C7" t="s">
-        <v>445</v>
+        <v>455</v>
       </c>
       <c r="D7" t="s">
-        <v>446</v>
+        <v>456</v>
       </c>
       <c r="E7" t="s">
-        <v>447</v>
+        <v>457</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>448</v>
+        <v>458</v>
       </c>
       <c r="H7" t="s">
-        <v>449</v>
+        <v>459</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>413</v>
+        <v>423</v>
       </c>
       <c r="B8" t="s">
-        <v>450</v>
+        <v>460</v>
       </c>
       <c r="C8" t="s">
-        <v>451</v>
+        <v>461</v>
       </c>
       <c r="D8" t="s">
-        <v>452</v>
+        <v>462</v>
       </c>
       <c r="E8" t="s">
-        <v>453</v>
+        <v>463</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>454</v>
+        <v>464</v>
       </c>
       <c r="H8" t="s">
-        <v>455</v>
+        <v>465</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>456</v>
+        <v>466</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>457</v>
+        <v>467</v>
       </c>
       <c r="B2" t="s">
-        <v>458</v>
+        <v>468</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>459</v>
+        <v>469</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>460</v>
+        <v>470</v>
       </c>
       <c r="H2" t="s">
-        <v>461</v>
+        <v>471</v>
       </c>
       <c r="I2" t="s">
-        <v>462</v>
+        <v>472</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>457</v>
+        <v>467</v>
       </c>
       <c r="B3" t="s">
-        <v>463</v>
+        <v>473</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>464</v>
+        <v>474</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>465</v>
+        <v>475</v>
       </c>
       <c r="H3" t="s">
-        <v>466</v>
+        <v>476</v>
       </c>
       <c r="I3" t="s">
-        <v>462</v>
+        <v>472</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>467</v>
+        <v>477</v>
       </c>
       <c r="B2" t="s">
-        <v>468</v>
+        <v>478</v>
       </c>
       <c r="C2" t="s">
-        <v>469</v>
+        <v>479</v>
       </c>
       <c r="D2" t="s">
-        <v>470</v>
+        <v>480</v>
       </c>
       <c r="E2" t="s">
-        <v>471</v>
+        <v>481</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>472</v>
+        <v>482</v>
       </c>
       <c r="H2" t="s">
-        <v>473</v>
+        <v>483</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>