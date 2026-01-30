--- v0 (2025-10-22)
+++ v1 (2026-01-30)
@@ -9,185 +9,599 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="256" uniqueCount="166">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>02/28/2024 16:26:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
+  </si>
+  <si>
+    <t>26/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2006477</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Schizophrénie à début précoce</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de schizophrénie à début précoce (critères diagnostiques de schizophrénie et début des symptômes psychotiques avant le 15ième anniversaire). Il a été élaboré par le Centre de Référence des maladies rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374374/fr/schizophrenie-a-debut-precoce</t>
+  </si>
+  <si>
+    <t>p_3374374</t>
+  </si>
+  <si>
+    <t>Syndrome de Phelan-McDermid</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint du Syndrome de Phelan-McDermid sur l’ensemble du territoire. Il a été élaboré par le Centre de Référence constitutif Déficiences Intellectuelles de causes rares et le Centre de référence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294989/fr/syndrome-de-phelan-mcdermid</t>
+  </si>
+  <si>
+    <t>p_3294989</t>
+  </si>
+  <si>
+    <t>Syndrome de Wiedemann-Steiner (WSS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de WSS. Il a été élaboré par le Centre de Référence Maladies Rares « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389747/fr/syndrome-de-wiedemann-steiner-wss</t>
+  </si>
+  <si>
+    <t>p_3389747</t>
+  </si>
+  <si>
+    <t>Syndrome de duplication/délétion inversée du bras court du chromosome 8</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome d’invdupdel(8p). Il a été élaboré par le Centre de référence des Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3373681/fr/syndrome-de-duplication/deletion-inversee-du-bras-court-du-chromosome-8</t>
+  </si>
+  <si>
+    <t>p_3373681</t>
+  </si>
+  <si>
+    <t>Monosomie 5p</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une personne porteuse d’une monosomie 5p. Il a été élaboré par le Centre de Référence « Anomalies du développement et syndromes malformatifs » de l’Ouest (CLAD-OUEST) &amp;Centre de Référence Déficience Intellectuelle de Causes Rares (CRDI) - Filière AnDDI-Rares &amp; DéfiScience à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3357882/fr/monosomie-5p</t>
+  </si>
+  <si>
+    <t>p_3357882</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Early-Onset Anorexia Nervosa</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3353115/en/early-onset-anorexia-nervosa</t>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Syndrome de Wolf-Hirschhorn</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWH. Il a été élaboré par Centre de Référence « Anomalies du développement et syndromes malformatifs » d’Ile de France Filière AnDDI-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385256/fr/syndrome-de-wolf-hirschhorn</t>
+  </si>
+  <si>
+    <t>p_3385256</t>
+  </si>
+  <si>
+    <t>Délétion 10q26</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de délétion 10q26. Il a été élaboré par le Centre de Référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390484/fr/deletion-10q26</t>
+  </si>
+  <si>
+    <t>p_3390484</t>
+  </si>
+  <si>
+    <t>Syndrome de Weaver</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un d’un patient atteint d’un syndrome de Weaver. Il a été élaboré par le Centre de Référence Anomalies du Développement et Syndromes polymalformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3793849/fr/syndrome-de-weaver</t>
+  </si>
+  <si>
+    <t>p_3793849</t>
+  </si>
+  <si>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>Syndrome d’Angelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome d'Angelman. Il a été élaboré par le Centre de Référence des Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300847/fr/syndrome-d-angelman</t>
+  </si>
+  <si>
+    <t>p_3300847</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients ayant une cardiopathie univentriculaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant un cœur univentriculaire. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/02/2022 09:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313020/fr/prise-en-charge-des-patients-ayant-une-cardiopathie-univentriculaire</t>
+  </si>
+  <si>
+    <t>p_3313020</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>Syndromes de Coffin-Siris et de Nicolaides-Baraitser (BAFopathies)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient, enfant ou adulte, atteint du Syndrome de Coffin-Siris ou de Nicolaides-Baraitser (BAFopathies). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295023/fr/syndromes-de-coffin-siris-et-de-nicolaides-baraitser-bafopathies</t>
+  </si>
+  <si>
+    <t>p_3295023</t>
+  </si>
+  <si>
+    <t>Alpha-mannosidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’alpha-mannosidose (α-Man). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557765/fr/alpha-mannosidose</t>
+  </si>
+  <si>
+    <t>p_3557765</t>
+  </si>
+  <si>
+    <t>Anorexie Mentale à début Précoce (AMP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant/adolescent atteint d’AMP. Il a été élaboré par le Centre de Référence Anorexie Mentale à début Précoce à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353115/fr/anorexie-mentale-a-debut-precoce-amp</t>
   </si>
   <si>
     <t>p_3353115</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2820336/en/normal-childbirth-support-of-physiology-and-medical-interventions</t>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Dysplasie broncho-pulmonaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient avec DBP constituée à 36 semaines d’APM. Il a été élaboré par le Centre de référence constitutif des maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/08/2023 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457610/fr/dysplasie-broncho-pulmonaire</t>
+  </si>
+  <si>
+    <t>p_3457610</t>
+  </si>
+  <si>
+    <t>Syndrome Gilles de la Tourette</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome Gilles de la Tourette. Il a été élaboré par le Centre de référence Syndrome Gilles de la Tourette à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346137/fr/syndrome-gilles-de-la-tourette</t>
+  </si>
+  <si>
+    <t>p_3346137</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi des personnes potentiellement surexposées au cadmium du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3367010</t>
+  </si>
+  <si>
+    <t>Syndrome de Townes – Brocks</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Townes-Brocks. Il a été élaboré par les Centres de Référence Maladies Rares Surdités Génétiques et Anomalies du developpement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493442/fr/syndrome-de-townes-brocks</t>
+  </si>
+  <si>
+    <t>p_3493442</t>
+  </si>
+  <si>
+    <t>Prise en charge de la main bote radiale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’une main bote radiale. Il a été élaboré par le centre de référence des anomalies du développement et syndromes malformatifs, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/02/2021 10:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222751/fr/prise-en-charge-de-la-main-bote-radiale</t>
+  </si>
+  <si>
+    <t>p_3222751</t>
+  </si>
+  <si>
+    <t>Gestion du capital sanguin en pré, per et post opératoire et en obstétrique</t>
+  </si>
+  <si>
+    <t>À la demande de la société française d’anesthésie-réanimation (SFAR) et du collectif national des associations d’obèse (CNAO), la HAS a élaboré des recommandations de bonnes pratiques sur la gestion du capital sanguin en pré, per et post opératoire et en obstétrique. Il s'agit d'une démarche innovante qui permet d’optimiser la prise en charge des patients devant avoir une intervention chirurgicale à risque hémorragique.</t>
+  </si>
+  <si>
+    <t>21/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2022 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193968/fr/gestion-du-capital-sanguin-en-pre-per-et-post-operatoire-et-en-obstetrique</t>
+  </si>
+  <si>
+    <t>p_3193968</t>
+  </si>
+  <si>
+    <t>Générique Polyhandicap</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur de polyhandicap. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le centre de référence constitutif Polyhandicap et Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/06/2020 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187081/fr/generique-polyhandicap</t>
+  </si>
+  <si>
+    <t>p_3187081</t>
+  </si>
+  <si>
+    <t>Maladie de Menkes et autres maladies du métabolisme du cuivre, hors maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé. Ce PNDS est limité à la maladie de Menkes et aux autres maladies métaboliques liées à des anomalies du métabolisme du cuivre, hors maladie de Wilson Il a été élaboré par le Centre de référence des maladies métaboliques de Nancy et Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563444/fr/maladie-de-menkes-et-autres-maladies-du-metabolisme-du-cuivre-hors-maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>p_3563444</t>
+  </si>
+  <si>
+    <t>Accouchement normal : accompagnement de la physiologie et interventions médicales</t>
+  </si>
+  <si>
+    <t>Définir pour les femmes à bas risque obstétrical les modalités de prise en charge respectueuses du rythme et du déroulement spontané de la naissance et des préférences des femmes. Améliorer et garantir la qualité et la sécurité des soins de la mère et du nouveau-né.</t>
+  </si>
+  <si>
+    <t>23/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2018 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820336/fr/accouchement-normal-accompagnement-de-la-physiologie-et-interventions-medicales</t>
   </si>
   <si>
     <t>c_2820336</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Outil d’aide à la préparation des épreuves dématérialisées nationales (EDN) : mode d'emploi</t>
+  </si>
+  <si>
+    <t>La HAS a recensé parmi ses travaux ceux qui intéressent les étudiants qui préparent les épreuves dématérialisées nationales (EDN).</t>
+  </si>
+  <si>
+    <t>03/02/2023 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_646948/fr/outil-d-aide-a-la-preparation-des-epreuves-dematerialisees-nationales-edn-mode-d-emploi</t>
+  </si>
+  <si>
+    <t>c_646948</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H32"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -212,84 +626,812 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>25</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>45</v>
+      </c>
+      <c r="H8" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" t="s">
+        <v>47</v>
+      </c>
+      <c r="C9" t="s">
+        <v>48</v>
+      </c>
+      <c r="D9" t="s">
+        <v>49</v>
+      </c>
+      <c r="E9" t="s">
+        <v>50</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>51</v>
+      </c>
+      <c r="H9" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C10" t="s">
+        <v>54</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>55</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>56</v>
+      </c>
+      <c r="H10" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>22</v>
+      </c>
+      <c r="B11" t="s">
+        <v>58</v>
+      </c>
+      <c r="C11" t="s">
+        <v>59</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>60</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>61</v>
+      </c>
+      <c r="H11" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>22</v>
+      </c>
+      <c r="B12" t="s">
+        <v>63</v>
+      </c>
+      <c r="C12" t="s">
+        <v>64</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>35</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>65</v>
+      </c>
+      <c r="H12" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>22</v>
+      </c>
+      <c r="B13" t="s">
+        <v>67</v>
+      </c>
+      <c r="C13" t="s">
+        <v>68</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>69</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>70</v>
+      </c>
+      <c r="H13" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>22</v>
+      </c>
+      <c r="B14" t="s">
+        <v>72</v>
+      </c>
+      <c r="C14" t="s">
+        <v>73</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>74</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>75</v>
+      </c>
+      <c r="H14" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>22</v>
+      </c>
+      <c r="B15" t="s">
+        <v>77</v>
+      </c>
+      <c r="C15" t="s">
+        <v>78</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>79</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>80</v>
+      </c>
+      <c r="H15" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>22</v>
+      </c>
+      <c r="B16" t="s">
+        <v>82</v>
+      </c>
+      <c r="C16" t="s">
+        <v>83</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>84</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>85</v>
+      </c>
+      <c r="H16" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>22</v>
+      </c>
+      <c r="B17" t="s">
+        <v>87</v>
+      </c>
+      <c r="C17" t="s">
+        <v>88</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>79</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>89</v>
+      </c>
+      <c r="H17" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>22</v>
+      </c>
+      <c r="B18" t="s">
+        <v>91</v>
+      </c>
+      <c r="C18" t="s">
+        <v>92</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>30</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>93</v>
+      </c>
+      <c r="H18" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>22</v>
+      </c>
+      <c r="B19" t="s">
+        <v>95</v>
+      </c>
+      <c r="C19" t="s">
+        <v>96</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>74</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>97</v>
+      </c>
+      <c r="H19" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>22</v>
+      </c>
+      <c r="B20" t="s">
+        <v>99</v>
+      </c>
+      <c r="C20" t="s">
+        <v>100</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>44</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>101</v>
+      </c>
+      <c r="H20" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>22</v>
+      </c>
+      <c r="B21" t="s">
+        <v>103</v>
+      </c>
+      <c r="C21" t="s">
+        <v>104</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>105</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>106</v>
+      </c>
+      <c r="H21" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>22</v>
+      </c>
+      <c r="B22" t="s">
+        <v>108</v>
+      </c>
+      <c r="C22" t="s">
+        <v>109</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>110</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>111</v>
+      </c>
+      <c r="H22" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>22</v>
+      </c>
+      <c r="B23" t="s">
+        <v>113</v>
+      </c>
+      <c r="C23" t="s">
+        <v>114</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>44</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>115</v>
+      </c>
+      <c r="H23" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B24" t="s">
+        <v>117</v>
+      </c>
+      <c r="C24" t="s">
+        <v>118</v>
+      </c>
+      <c r="D24" t="s">
+        <v>119</v>
+      </c>
+      <c r="E24" t="s">
+        <v>120</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>121</v>
+      </c>
+      <c r="H24" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>22</v>
+      </c>
+      <c r="B25" t="s">
+        <v>123</v>
+      </c>
+      <c r="C25" t="s">
+        <v>124</v>
+      </c>
+      <c r="D25" t="s">
+        <v>125</v>
+      </c>
+      <c r="E25" t="s">
+        <v>126</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>127</v>
+      </c>
+      <c r="H25" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>22</v>
+      </c>
+      <c r="B26" t="s">
+        <v>129</v>
+      </c>
+      <c r="C26" t="s">
+        <v>130</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>131</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>132</v>
+      </c>
+      <c r="H26" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>8</v>
+      </c>
+      <c r="B27" t="s">
+        <v>134</v>
+      </c>
+      <c r="C27" t="s">
+        <v>135</v>
+      </c>
+      <c r="D27" t="s">
+        <v>136</v>
+      </c>
+      <c r="E27" t="s">
+        <v>137</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>138</v>
+      </c>
+      <c r="H27" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>22</v>
+      </c>
+      <c r="B28" t="s">
+        <v>140</v>
+      </c>
+      <c r="C28" t="s">
+        <v>141</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>142</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>143</v>
+      </c>
+      <c r="H28" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>22</v>
+      </c>
+      <c r="B29" t="s">
+        <v>145</v>
+      </c>
+      <c r="C29" t="s">
+        <v>146</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>147</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>148</v>
+      </c>
+      <c r="H29" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>8</v>
+      </c>
+      <c r="B30" t="s">
+        <v>150</v>
+      </c>
+      <c r="C30" t="s">
+        <v>151</v>
+      </c>
+      <c r="D30" t="s">
+        <v>152</v>
+      </c>
+      <c r="E30" t="s">
+        <v>153</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>154</v>
+      </c>
+      <c r="H30" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>22</v>
+      </c>
+      <c r="B31" t="s">
+        <v>156</v>
+      </c>
+      <c r="C31" t="s">
+        <v>157</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>25</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>158</v>
+      </c>
+      <c r="H31" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>160</v>
+      </c>
+      <c r="B32" t="s">
+        <v>161</v>
+      </c>
+      <c r="C32" t="s">
+        <v>162</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>163</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>164</v>
+      </c>
+      <c r="H32" t="s">
+        <v>165</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>