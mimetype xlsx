--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -1,152 +1,218 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="36">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>06/08/2018 09:52:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Gestion du capital sanguin en pré, per et post opératoire et en obstétrique</t>
+  </si>
+  <si>
+    <t>À la demande de la société française d’anesthésie-réanimation (SFAR) et du collectif national des associations d’obèse (CNAO), la HAS a élaboré des recommandations de bonnes pratiques sur la gestion du capital sanguin en pré, per et post opératoire et en obstétrique. Il s'agit d'une démarche innovante qui permet d’optimiser la prise en charge des patients devant avoir une intervention chirurgicale à risque hémorragique.</t>
+  </si>
+  <si>
+    <t>21/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2022 09:54:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/p_3193968/fr/gestion-du-capital-sanguin-en-pre-per-et-post-operatoire-et-en-obstetrique</t>
+  </si>
+  <si>
+    <t>p_3193968</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Dosage de la vitamine C dans le sang</t>
+  </si>
+  <si>
+    <t>Le dosage de la vitamine C est un examen sanguin permettant de confirmer une carence en cette vitamine lorsque certains éléments peuvent faire envisager un diagnostic de scorbut . La HAS fait le point sur l’utilité de ce dosage et conclut que celle-ci se limite aux patients présentant des symptômes cliniques évocateurs de scorbut, en vue d’une confirmation diagnostique.</t>
+  </si>
+  <si>
+    <t>02/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
   </si>
   <si>
     <t>c_2823990</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>FERO-GRAD VITAMINE C (sulfate de fer ferreux/ acide ascorbique)</t>
+  </si>
+  <si>
+    <t>15/11/2021 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984942/fr/fero-grad-vitamine-c-sulfate-de-fer-ferreux/-acide-ascorbique</t>
+  </si>
+  <si>
+    <t>pprd_2984942</t>
+  </si>
+  <si>
+    <t>sulfate de fer ferreux,acide ascorbique</t>
+  </si>
+  <si>
+    <t>TEOFARMA SRL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642417/fr/fero-grad-sulfate-de-fer-ferreux/-acide-ascorbique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1363128/fr/fero-grad-vitamine-c-sulfate-de-fer-ferreux/-acide-ascorbique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296245/fr/fero-grad-vitamine-c-500-acide-ascorbique/-sulfate-ferreux-heptahydrate</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -171,37 +237,193 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>23</v>
+      </c>
+      <c r="J1" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>28</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>29</v>
+      </c>
+      <c r="H2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I2" t="s">
+        <v>31</v>
+      </c>
+      <c r="J2" t="s">
+        <v>32</v>
+      </c>
+      <c r="K2" t="s">
+        <v>33</v>
+      </c>
+      <c r="L2" t="s">
+        <v>34</v>
+      </c>
+      <c r="M2" t="s">
+        <v>35</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>