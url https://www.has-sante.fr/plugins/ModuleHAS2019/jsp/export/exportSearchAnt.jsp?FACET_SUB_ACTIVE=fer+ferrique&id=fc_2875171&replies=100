--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -68,51 +68,51 @@
   <si>
     <t>07/01/2005 00:00:00</t>
   </si>
   <si>
     <t>07/01/2005 20:19:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_432802/en/management-of-patients-with-hfe-related-haemochromatosis-type-1-haemochromatosis</t>
   </si>
   <si>
     <t>c_432802</t>
   </si>
   <si>
     <t>Health technology assessment</t>
   </si>
   <si>
     <t>Vitamin C blood level testing - INAHTA Brief</t>
   </si>
   <si>
     <t>Vitamin C blood level is among the most carried out 60 tests on the additional list of the “Référentiel des actes innovants hors nomenclature” (RIHN, Reference Document for Innovative Procedures) Outside of the Nomenclature) in 2016, with over 40,000 tests reported to the French Ministry of Health by French healthcare facilities, i.e. a cost of over EUR one million (test referenced under codes K092, K093 and K174). While a severe and long-term vitamin C deficiency is known to lead to clinical manifestations characteristic of scurvy, this condition is currently very rare and its diagnosis does not explain this number of tests. However, other than scurvy, the indications that might explain the use of this test are not immediately clear, as evidenced by the results of a survey on hospital practices conducted by HAS at eleven healthcare facilities, which showed great differences in indications for prescription between organisations. Moreover, empirical administration of vitamin C is less expensive than the test and has no risk of toxicity at the standard recommended doses. In this context, HAS decided to take it upon itself to determine whether use of vitamin C blood level testing might justify inclusion in the “Nomenclature des actes de biologie médicale” (NABM, list of reimbursed biological procedures) in one or more of the primary contexts of use of this test reported by healthcare facilities, namely: bariatric surgery, malnutrition, gastrointestinal malabsorption, artificial nutrition and dialysis. Laboratory confirmation of a clinically suspected diagnosis of scurvy was considered a recognised indication</t>
   </si>
   <si>
-    <t>05/02/2018 00:00:00</t>
+    <t>09/01/2002 00:00:00</t>
   </si>
   <si>
     <t>06/08/2018 09:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
   </si>
   <si>
     <t>c_2823990</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>