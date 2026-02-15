--- v0 (2025-12-17)
+++ v1 (2026-02-15)
@@ -9,143 +9,95 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assesment of homeopathic medicines</t>
+  </si>
+  <si>
+    <t>Negative opinion on homeopathic medicines reimbursement</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>02/12/2021 09:46:00</t>
-[...53 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -155,179 +107,101 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      <c r="B3" t="s">
         <v>15</v>
-      </c>
-[...68 lines deleted...]
-        <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>