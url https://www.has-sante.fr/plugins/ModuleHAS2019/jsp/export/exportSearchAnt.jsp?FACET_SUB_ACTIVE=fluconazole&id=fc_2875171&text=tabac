--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,116 +9,257 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="70">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>09/01/2004 17:51:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Label – Usage des substances psychoactives : prévention en milieu professionnel</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ces recommandations de bonnes pratiques est : le repérage des problèmes d’addiction des SPA en lien avec les conditions ou type de travail, la réduction des addictions et la prévention des usages de substances psychoactives chez tous les acteurs de l’entreprise : employeurs, travailleurs (y compris les membres de l’encadrement) et personnes en formation professionnelle, afin d’aider les services de prévention et de santé au travail dans le cadre de leur relation avec les salariés ou agents, les représentants du personnel et les employeurs.</t>
+  </si>
+  <si>
+    <t>12/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2025 14:18:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>https://www.has-sante.fr/jcms/p_3342082/fr/label-usage-des-substances-psychoactives-prevention-en-milieu-professionnel</t>
+  </si>
+  <si>
+    <t>p_3342082</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Prévention et dépistage du diabète de type 2 et des maladies liées au diabète</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur la prévention et le dépistage du diabète de type 2 et des maladies liées au diabète à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2015 12:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2012494/fr/prevention-et-depistage-du-diabete-de-type-2-et-des-maladies-liees-au-diabete</t>
+  </si>
+  <si>
+    <t>c_2012494</t>
+  </si>
+  <si>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...2 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Fibrose pulmonaire idiopathique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Fibrose pulmonaire idiopathique. Il a été élaboré par le centre de référence des Maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278607/fr/fibrose-pulmonaire-idiopathique</t>
+  </si>
+  <si>
+    <t>p_3278607</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Fièvre Méditerranéenne Familiale (FMF)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fièvre méditerranéenne familiale. Il a été élaboré sous l’égide du : Centre de référence des maladies rares auto-inflammatoires et de l’amylose inflammatoire (CeReMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390303/fr/fievre-mediterraneenne-familiale-fmf</t>
+  </si>
+  <si>
+    <t>p_3390303</t>
+  </si>
+  <si>
+    <t>Greffe de cellules souches hématopoïétiques dans  les maladies auto-immunes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie auto-immune (MAI) et traité par greffe de CSH. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares d’Ile-de-France (site constitutif, Saint-Louis, AP-HP) : MATHEC, maladies Auto-immunes et Thérapies Cellulaires. Sous l’égide des filières de santé : Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R, Filière de santé des maladies rares immuno-hématologiques MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374064/fr/greffe-de-cellules-souches-hematopoietiques-dans-les-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>p_3374064</t>
+  </si>
+  <si>
+    <t>Bon usage des agents antiplaquettaires</t>
+  </si>
+  <si>
+    <t>Ces recommandations définissent les situations et conditions de prescription des agents antiplaquettaires (aspirine, clopidogrel, prasugrel et ticagrelor) en prévention primaire ou secondaire d’une maladie cardiovasculaire, ainsi que la conduite à tenir en cas de chirurgie. Leur utilisation dans certaines situations particulières est également abordée : sujet âgé, insuffisance rénale chronique, grossesse, HIV.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264095/fr/bon-usage-des-agents-antiplaquettaires</t>
+  </si>
+  <si>
+    <t>c_1264095</t>
+  </si>
+  <si>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
+  </si>
+  <si>
+    <t>c_546549</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -128,51 +269,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -212,43 +353,251 @@
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>21</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
     </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>27</v>
+      </c>
+      <c r="H4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>39</v>
+      </c>
+      <c r="H6" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>29</v>
+      </c>
+      <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" t="s">
+        <v>42</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>43</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>29</v>
+      </c>
+      <c r="B8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" t="s">
+        <v>47</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>48</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>49</v>
+      </c>
+      <c r="H8" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" t="s">
+        <v>53</v>
+      </c>
+      <c r="E9" t="s">
+        <v>54</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>55</v>
+      </c>
+      <c r="H9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>57</v>
+      </c>
+      <c r="C10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E10" t="s">
+        <v>60</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>61</v>
+      </c>
+      <c r="H10" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>63</v>
+      </c>
+      <c r="B11" t="s">
+        <v>64</v>
+      </c>
+      <c r="C11" t="s">
+        <v>65</v>
+      </c>
+      <c r="D11" t="s">
+        <v>66</v>
+      </c>
+      <c r="E11" t="s">
+        <v>67</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>68</v>
+      </c>
+      <c r="H11" t="s">
+        <v>69</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>