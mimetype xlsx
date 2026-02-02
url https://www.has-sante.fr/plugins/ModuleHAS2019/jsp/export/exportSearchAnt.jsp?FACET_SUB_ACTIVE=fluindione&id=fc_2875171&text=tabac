--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -1,178 +1,280 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="90" uniqueCount="54">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>11/29/2021 15:10:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>Prise en charge des surdosages, des situations à risque hémorragique et des accidents hémorragiques chez les patients traités par antivitamines K en ville et en milieu hospitalier</t>
+  </si>
+  <si>
+    <t>L’objectif principal est de réduire la morbi-mortalité des accidents liés aux AVK, grâce à la diffusion de stratégies de prise en charge des situations à risque ou des accidents hémorragiques. Les recommandations abordent les questions suivantes : la conduite à tenir en cas de surdosage asymptomatique la conduite à tenir en cas d’hémorragies spontanées ou traumatiques la conduite à tenir vis-à-vis du traitement par AVK en cas de chirurgie ou d’acte invasif programmé ou bien urgent. L'argumentaire des recommandations a été publié en juillet 2008 dans un numéro spécial de la revue Sang Thrombose Vaisseaux (Sang Thromb Vaiss 2008;20(N°spécial juillet 2008).</t>
+  </si>
+  <si>
+    <t>16/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>03/09/2008 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_682188/fr/prise-en-charge-des-surdosages-des-situations-a-risque-hemorragique-et-des-accidents-hemorragiques-chez-les-patients-traites-par-antivitamines-k-en-ville-et-en-milieu-hospitalier</t>
+  </si>
+  <si>
+    <t>c_682188</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins Fibrillation atriale</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce guide sont d’expliciter les différentes étapes de prise en charge d’un malade ayant une fibrillation atriale (FA) en médecine de ville et notamment en médecine générale et de rendre compte de la multidisciplinarité de la prise en charge ainsi que des principes et des modalités de coordination et de coopération entre les professionnels impliqués.</t>
+  </si>
+  <si>
+    <t>19/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/05/2014 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741768/fr/guide-parcours-de-soins-fibrillation-atriale</t>
+  </si>
+  <si>
+    <t>c_1741768</t>
+  </si>
+  <si>
+    <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375791</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 24 janvier 2018</t>
+  </si>
+  <si>
+    <t>17/01/2018 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820787/fr/commission-de-la-transparence-reunion-du-24-janvier-2018</t>
+  </si>
+  <si>
+    <t>c_2820787</t>
+  </si>
+  <si>
+    <t>Commission</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -188,67 +290,323 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
       </c>
-      <c r="H3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C3" t="s">
+        <v>36</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>38</v>
+      </c>
+      <c r="H3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C2" t="s">
+        <v>42</v>
+      </c>
+      <c r="D2" t="s">
+        <v>43</v>
+      </c>
+      <c r="E2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>45</v>
+      </c>
+      <c r="H2" t="s">
+        <v>46</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>48</v>
+      </c>
+      <c r="B2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>51</v>
+      </c>
+      <c r="H2" t="s">
+        <v>52</v>
+      </c>
+      <c r="I2" t="s">
+        <v>53</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>