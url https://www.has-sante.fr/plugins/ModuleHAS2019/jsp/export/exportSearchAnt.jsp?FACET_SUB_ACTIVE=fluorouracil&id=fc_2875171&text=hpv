--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...11 lines deleted...]
-    <t>05/08/2015 10:58:00</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Conformational intensity-modulated radiation therapy in anal canal cancer</t>
+  </si>
+  <si>
+    <t>To assess clinical effectiveness and safety of conformational intensity-modulated radiotherapy (IMRT) for the treatment of anal canal cancer in view of its reimbursement by National Health Insurance, the comparator being three-dimensional conformational radiation therapy (3D-CRT)</t>
+  </si>
+  <si>
+    <t>07/22/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>08/05/2015 10:58:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1364144/fr/radiotherapie-conformationnelle-avec-modulation-d-intensite-dans-le-cancer-du-canal-anal</t>
+    <t>https://www.has-sante.fr/jcms/c_1364144/en/conformational-intensity-modulated-radiation-therapy-in-anal-canal-cancer</t>
   </si>
   <si>
     <t>c_1364144</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>