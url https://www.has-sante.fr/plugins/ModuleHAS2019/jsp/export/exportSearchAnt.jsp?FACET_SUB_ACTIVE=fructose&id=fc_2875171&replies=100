--- v0 (2025-11-07)
+++ v1 (2026-02-15)
@@ -1,2240 +1,339 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...5 lines deleted...]
-    <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="406" uniqueCount="239">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="34">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>NEOCATE SYNEO</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Endoscopic submucosal dissection as treatment for potentially cancerous superficial rectal lesions - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report was to assess the efficacy and safety of the endoscopic submucosal dissection (ESD) technique for the treatment of potentially cancerous superficial rectal lesions presenting a low risk of node involvement, by comparison to mucosectomy or to surgery, in order to conclude on the appropriateness of its public funding</t>
+  </si>
+  <si>
+    <t>10/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2020 09:25:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>20/07/2021 00:00:00</t>
-[...596 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853398/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-rectales-superficielles-a-potentiel-cancereux</t>
+    <t>https://www.has-sante.fr/jcms/c_2853398/en/endoscopic-submucosal-dissection-as-treatment-for-potentially-cancerous-superficial-rectal-lesions-inahta-brief</t>
   </si>
   <si>
     <t>c_2853398</t>
   </si>
   <si>
-    <t>Traitement endoscopique par dissection sous-muqueuse des lésions cancéreuses superficielles coliques</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853392/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-cancereuses-superficielles-coliques</t>
+    <t>Treatment of superficial colon cancer by endoscopic submucosal dissection - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report was to compare the efficacy and safety of the endoscopic submucosal dissection (ESD) technique to mucosectomy and surgery (colectomy), in patients with superficial colon cancer presenting a low risk of node involvement, in order to assess the appropriateness of its public funding</t>
+  </si>
+  <si>
+    <t>02/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>02/13/2019 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853392/en/treatment-of-superficial-colon-cancer-by-endoscopic-submucosal-dissection-inahta-brief</t>
   </si>
   <si>
     <t>c_2853392</t>
   </si>
   <si>
-    <t>Évaluation des complications de la cryolipolyse à visée esthétique - Rapport d'évaluation technologique</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2865012/fr/evaluation-des-complications-de-la-cryolipolyse-a-visee-esthetique-rapport-d-evaluation-technologique</t>
+    <t>Assessment of the complications of cryolipolysis  for aesthetic purpose - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to appraise the side effects of cryolipolysis, an aesthetic non-invasive fat reduction procedure carried out by a controlled cooling system to reduce localised subcutaneous adipose tissue (in abdomen, tights, flanks , back, upper arms, submental area, chest fat in men). This assessment is conducted in order to respond to the Health Ministry‘s request about the potential danger of this technique (article L.1151-3 of the Health National Law)</t>
+  </si>
+  <si>
+    <t>07/11/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>07/19/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865012/en/assessment-of-the-complications-of-cryolipolysis-for-aesthetic-purpose-inahta-brief</t>
   </si>
   <si>
     <t>c_2865012</t>
   </si>
   <si>
-    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
   </si>
   <si>
     <t>c_1522566</t>
-  </si>
-[...19 lines deleted...]
-    <t>c_810262</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J11"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
         <v>13</v>
       </c>
-      <c r="E2" t="s">
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...13 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
         <v>25</v>
       </c>
-      <c r="C4" t="s">
-[...2 lines deleted...]
-      <c r="D4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>27</v>
-      </c>
-[...13 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
         <v>31</v>
       </c>
-      <c r="D5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>32</v>
       </c>
-      <c r="E5" t="s">
+      <c r="H5" t="s">
         <v>33</v>
-      </c>
-[...1251 lines deleted...]
-        <v>238</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>