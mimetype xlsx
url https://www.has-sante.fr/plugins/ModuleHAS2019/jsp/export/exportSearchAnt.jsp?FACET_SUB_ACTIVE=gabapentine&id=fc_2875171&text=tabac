--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="171">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="248" uniqueCount="176">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -216,50 +216,65 @@
     <t>16/03/2023 00:00:00</t>
   </si>
   <si>
     <t>17/04/2023 09:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3235557/fr/complications-de-la-chirurgie-avec-prothese-de-l-incontinence-urinaire-d-effort-et-du-prolapsus-genital-de-la-femme</t>
   </si>
   <si>
     <t>p_3235557</t>
   </si>
   <si>
     <t>Guide du parcours de soins du lymphome de Hodgkin classique de l'adulte</t>
   </si>
   <si>
     <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne adulte ayant un lymphome de Hodgkin classique. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. .</t>
   </si>
   <si>
     <t>14/10/2013 14:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1652304/fr/guide-du-parcours-de-soins-du-lymphome-de-hodgkin-classique-de-l-adulte</t>
   </si>
   <si>
     <t>c_1652304</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
   </si>
   <si>
     <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>21/11/2024 15:16:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
   </si>
   <si>
     <t>p_3557813</t>
   </si>
   <si>
     <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
   </si>
   <si>
     <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
   </si>
   <si>
     <t>19/06/2025 00:00:00</t>
   </si>
@@ -572,51 +587,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H30"/>
+  <dimension ref="A1:H31"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -892,138 +907,138 @@
       </c>
       <c r="B12" t="s">
         <v>69</v>
       </c>
       <c r="C12" t="s">
         <v>70</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
         <v>71</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>72</v>
       </c>
       <c r="H12" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>74</v>
       </c>
       <c r="C13" t="s">
         <v>75</v>
       </c>
       <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
         <v>76</v>
       </c>
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
         <v>77</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B14" t="s">
+        <v>79</v>
+      </c>
+      <c r="C14" t="s">
         <v>80</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>81</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>82</v>
       </c>
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
         <v>83</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B15" t="s">
+        <v>85</v>
+      </c>
+      <c r="C15" t="s">
         <v>86</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>87</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>88</v>
       </c>
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
         <v>89</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="H15" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B16" t="s">
+        <v>91</v>
+      </c>
+      <c r="C16" t="s">
         <v>92</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E16" t="s">
         <v>94</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>95</v>
       </c>
       <c r="H16" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>97</v>
       </c>
       <c r="C17" t="s">
         <v>98</v>
       </c>
       <c r="D17" t="s">
@@ -1074,86 +1089,86 @@
       </c>
       <c r="B19" t="s">
         <v>107</v>
       </c>
       <c r="C19" t="s">
         <v>108</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
         <v>109</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>110</v>
       </c>
       <c r="H19" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B20" t="s">
         <v>112</v>
       </c>
       <c r="C20" t="s">
         <v>113</v>
       </c>
       <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
         <v>114</v>
       </c>
-      <c r="E20" t="s">
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
         <v>115</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+      <c r="H20" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B21" t="s">
+        <v>117</v>
+      </c>
+      <c r="C21" t="s">
         <v>118</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E21" t="s">
         <v>120</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
         <v>121</v>
       </c>
       <c r="H21" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>123</v>
       </c>
       <c r="C22" t="s">
         <v>124</v>
       </c>
       <c r="D22" t="s">
@@ -1282,119 +1297,145 @@
       </c>
       <c r="B27" t="s">
         <v>148</v>
       </c>
       <c r="C27" t="s">
         <v>149</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
         <v>150</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
         <v>151</v>
       </c>
       <c r="H27" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
+        <v>8</v>
+      </c>
+      <c r="B28" t="s">
         <v>153</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>154</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
         <v>155</v>
       </c>
-      <c r="D28" t="s">
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
         <v>156</v>
       </c>
-      <c r="E28" t="s">
+      <c r="H28" t="s">
         <v>157</v>
-      </c>
-[...7 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
+        <v>158</v>
+      </c>
+      <c r="B29" t="s">
+        <v>159</v>
+      </c>
+      <c r="C29" t="s">
         <v>160</v>
       </c>
-      <c r="B29" t="s">
+      <c r="D29" t="s">
         <v>161</v>
       </c>
-      <c r="C29" t="s">
+      <c r="E29" t="s">
         <v>162</v>
       </c>
-      <c r="D29" t="s">
-[...2 lines deleted...]
-      <c r="E29" t="s">
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
         <v>163</v>
       </c>
-      <c r="F29" t="s">
-[...2 lines deleted...]
-      <c r="G29" t="s">
+      <c r="H29" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="B30" t="s">
         <v>166</v>
       </c>
       <c r="C30" t="s">
         <v>167</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
         <v>168</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
         <v>169</v>
       </c>
       <c r="H30" t="s">
         <v>170</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>165</v>
+      </c>
+      <c r="B31" t="s">
+        <v>171</v>
+      </c>
+      <c r="C31" t="s">
+        <v>172</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>173</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>174</v>
+      </c>
+      <c r="H31" t="s">
+        <v>175</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>