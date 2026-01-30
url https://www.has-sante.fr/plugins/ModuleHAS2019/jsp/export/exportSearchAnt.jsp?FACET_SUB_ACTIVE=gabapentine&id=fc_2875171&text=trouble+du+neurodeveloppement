--- v0 (2025-10-22)
+++ v1 (2026-01-30)
@@ -9,119 +9,134 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="74">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
   </si>
   <si>
     <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
   </si>
   <si>
     <t>18/07/2024 00:00:00</t>
   </si>
   <si>
     <t>23/09/2024 10:34:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
   </si>
   <si>
     <t>p_3302482</t>
   </si>
   <si>
     <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
   </si>
   <si>
     <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
   </si>
   <si>
     <t>26/03/2018 00:00:00</t>
   </si>
   <si>
     <t>26/03/2018 05:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
   </si>
   <si>
     <t>c_2006477</t>
-  </si>
-[...1 lines deleted...]
-    <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
   </si>
   <si>
     <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
   </si>
   <si>
     <t>08/02/2024 00:00:00</t>
   </si>
   <si>
     <t>28/02/2024 16:26:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
     <t>Épilepsies : Prise en charge des enfants et des adultes</t>
   </si>
   <si>
     <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
   </si>
@@ -266,361 +281,387 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
         <v>29</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>30</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>31</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>32</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
         <v>35</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E6" t="s">
         <v>37</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
         <v>38</v>
       </c>
       <c r="H6" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>40</v>
       </c>
       <c r="C7" t="s">
         <v>41</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>42</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
         <v>43</v>
       </c>
       <c r="H7" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>45</v>
       </c>
       <c r="C8" t="s">
         <v>46</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>47</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
         <v>48</v>
       </c>
       <c r="H8" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>50</v>
       </c>
       <c r="C9" t="s">
         <v>51</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
         <v>52</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G9" t="s">
         <v>53</v>
       </c>
       <c r="H9" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>55</v>
       </c>
       <c r="C10" t="s">
         <v>56</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H10" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C11" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G11" t="s">
         <v>62</v>
       </c>
       <c r="H11" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>64</v>
       </c>
       <c r="C12" t="s">
         <v>65</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
         <v>66</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G12" t="s">
         <v>67</v>
       </c>
       <c r="H12" t="s">
         <v>68</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>69</v>
+      </c>
+      <c r="C13" t="s">
+        <v>70</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>71</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>72</v>
+      </c>
+      <c r="H13" t="s">
+        <v>73</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>