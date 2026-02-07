--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -21,51 +21,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
     <sheet name="Export Études et Rapports" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="318" uniqueCount="186">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="334" uniqueCount="196">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -119,50 +119,65 @@
   <si>
     <t>23/03/2023 10:32:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3403771/fr/syndrome-de-cushing</t>
   </si>
   <si>
     <t>p_3403771</t>
   </si>
   <si>
     <t>Artérite de Takayasu</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Artérite de Takayasu. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de référence des maladies vasculaires rares, de la filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), et de la filière maladies vasculaires rares avec atteinte multisystémique (FAVA-MULTI), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>23/04/2020 13:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148994/fr/arterite-de-takayasu</t>
   </si>
   <si>
     <t>p_3148994</t>
   </si>
   <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
+  </si>
+  <si>
     <t>Artérite à Cellules Géantes (Horton)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>28/03/2024 16:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2789359/fr/arterite-a-cellules-geantes-horton</t>
   </si>
   <si>
     <t>c_2789359</t>
   </si>
   <si>
     <t>ALD hors liste - Syndrome de Cushing</t>
   </si>
   <si>
     <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
   </si>
   <si>
     <t>17/09/2008 00:00:00</t>
   </si>
   <si>
     <t>09/12/2008 11:40:00</t>
@@ -381,50 +396,65 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cogan. Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>22/04/2024 08:32:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3503231/fr/syndrome-de-cogan</t>
   </si>
   <si>
     <t>p_3503231</t>
   </si>
   <si>
     <t>Acromégalie</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acromégalie. Il a été élaboré par le Centre de Référence des Maladies rares de l’Hypophyse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>17/11/2021 12:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3292767/fr/acromegalie</t>
   </si>
   <si>
     <t>p_3292767</t>
+  </si>
+  <si>
+    <t>Maladie associée aux IgG4  - Pathologies infiltratives et fibrosantes associées aux IgG4</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinsd’un patient atteint de maladie associée aux IgG4 (MAG4). Il a été élaboré par le Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe –IgG4 (CERAINOM-IgG4) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) avec la participation du Centre de référence des maladies rares du pancréas (PaRaDis) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3776085/fr/maladie-associee-aux-igg4-pathologies-infiltratives-et-fibrosantes-associees-aux-igg4</t>
+  </si>
+  <si>
+    <t>p_3776085</t>
   </si>
   <si>
     <t>Greffe de cellules souches hématopoïétiques dans  les maladies auto-immunes</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie auto-immune (MAI) et traité par greffe de CSH. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares d’Ile-de-France (site constitutif, Saint-Louis, AP-HP) : MATHEC, maladies Auto-immunes et Thérapies Cellulaires. Sous l’égide des filières de santé : Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R, Filière de santé des maladies rares immuno-hématologiques MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/10/2022 17:06:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3374064/fr/greffe-de-cellules-souches-hematopoietiques-dans-les-maladies-auto-immunes</t>
   </si>
   <si>
     <t>p_3374064</t>
   </si>
   <si>
     <t>Péricardites Récidivantes</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/12/2025 14:58:00</t>
   </si>
@@ -695,51 +725,51 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H27"/>
+  <dimension ref="A1:H29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -842,77 +872,77 @@
       </c>
       <c r="E5" t="s">
         <v>34</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>35</v>
       </c>
       <c r="H5" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>16</v>
       </c>
       <c r="B6" t="s">
         <v>37</v>
       </c>
       <c r="C6" t="s">
         <v>38</v>
       </c>
       <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
         <v>39</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>40</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" t="s">
         <v>43</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>45</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>46</v>
       </c>
       <c r="H7" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>48</v>
       </c>
       <c r="C8" t="s">
         <v>49</v>
       </c>
       <c r="D8" t="s">
@@ -1050,77 +1080,77 @@
       </c>
       <c r="E13" t="s">
         <v>75</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>76</v>
       </c>
       <c r="H13" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>16</v>
       </c>
       <c r="B14" t="s">
         <v>78</v>
       </c>
       <c r="C14" t="s">
         <v>79</v>
       </c>
       <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
         <v>80</v>
       </c>
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
         <v>81</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>16</v>
       </c>
       <c r="B15" t="s">
+        <v>83</v>
+      </c>
+      <c r="C15" t="s">
         <v>84</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E15" t="s">
         <v>86</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>87</v>
       </c>
       <c r="H15" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>16</v>
       </c>
       <c r="B16" t="s">
         <v>89</v>
       </c>
       <c r="C16" t="s">
         <v>90</v>
       </c>
       <c r="D16" t="s">
@@ -1131,126 +1161,126 @@
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>92</v>
       </c>
       <c r="H16" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>94</v>
       </c>
       <c r="C17" t="s">
         <v>95</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H17" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>16</v>
       </c>
       <c r="B18" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C18" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D18" t="s">
-        <v>100</v>
+        <v>13</v>
       </c>
       <c r="E18" t="s">
+        <v>96</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
         <v>101</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>16</v>
       </c>
       <c r="B19" t="s">
+        <v>103</v>
+      </c>
+      <c r="C19" t="s">
         <v>104</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>105</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>106</v>
       </c>
-      <c r="E19" t="s">
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
         <v>107</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="H19" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>16</v>
       </c>
       <c r="B20" t="s">
+        <v>109</v>
+      </c>
+      <c r="C20" t="s">
         <v>110</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E20" t="s">
         <v>112</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
         <v>113</v>
       </c>
       <c r="H20" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>16</v>
       </c>
       <c r="B21" t="s">
         <v>115</v>
       </c>
       <c r="C21" t="s">
         <v>116</v>
       </c>
       <c r="D21" t="s">
@@ -1313,453 +1343,505 @@
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>128</v>
       </c>
       <c r="H23" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>16</v>
       </c>
       <c r="B24" t="s">
         <v>130</v>
       </c>
       <c r="C24" t="s">
         <v>131</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>91</v>
+        <v>132</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="H24" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>16</v>
       </c>
       <c r="B25" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C25" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="H25" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>16</v>
       </c>
       <c r="B26" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C26" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>141</v>
+        <v>96</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
         <v>142</v>
       </c>
       <c r="H26" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>16</v>
       </c>
       <c r="B27" t="s">
         <v>144</v>
       </c>
       <c r="C27" t="s">
         <v>145</v>
       </c>
       <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
         <v>146</v>
       </c>
-      <c r="E27" t="s">
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
         <v>147</v>
       </c>
-      <c r="F27" t="s">
-[...2 lines deleted...]
-      <c r="G27" t="s">
+      <c r="H27" t="s">
         <v>148</v>
       </c>
-      <c r="H27" t="s">
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>16</v>
+      </c>
+      <c r="B28" t="s">
         <v>149</v>
+      </c>
+      <c r="C28" t="s">
+        <v>150</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>151</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>152</v>
+      </c>
+      <c r="H28" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>16</v>
+      </c>
+      <c r="B29" t="s">
+        <v>154</v>
+      </c>
+      <c r="C29" t="s">
+        <v>155</v>
+      </c>
+      <c r="D29" t="s">
+        <v>156</v>
+      </c>
+      <c r="E29" t="s">
+        <v>157</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>158</v>
+      </c>
+      <c r="H29" t="s">
+        <v>159</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="B2" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="C2" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="D2" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="E2" t="s">
-        <v>154</v>
+        <v>164</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="H2" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>157</v>
+        <v>167</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="B2" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>161</v>
+        <v>171</v>
       </c>
       <c r="H2" t="s">
-        <v>162</v>
+        <v>172</v>
       </c>
       <c r="I2" t="s">
-        <v>163</v>
+        <v>173</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="B3" t="s">
-        <v>164</v>
+        <v>174</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>165</v>
+        <v>175</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>166</v>
+        <v>176</v>
       </c>
       <c r="H3" t="s">
-        <v>167</v>
+        <v>177</v>
       </c>
       <c r="I3" t="s">
-        <v>163</v>
+        <v>173</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="B4" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>169</v>
+        <v>179</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>170</v>
+        <v>180</v>
       </c>
       <c r="H4" t="s">
-        <v>171</v>
+        <v>181</v>
       </c>
       <c r="I4" t="s">
-        <v>163</v>
+        <v>173</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="B5" t="s">
-        <v>172</v>
+        <v>182</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
+        <v>183</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>184</v>
+      </c>
+      <c r="H5" t="s">
+        <v>185</v>
+      </c>
+      <c r="I5" t="s">
         <v>173</v>
-      </c>
-[...10 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="B6" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>177</v>
+        <v>187</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>178</v>
+        <v>188</v>
       </c>
       <c r="H6" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
       <c r="I6" t="s">
-        <v>163</v>
+        <v>173</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="B2" t="s">
-        <v>181</v>
+        <v>191</v>
       </c>
       <c r="C2" t="s">
-        <v>182</v>
+        <v>192</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>183</v>
+        <v>193</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>184</v>
+        <v>194</v>
       </c>
       <c r="H2" t="s">
-        <v>185</v>
+        <v>195</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>