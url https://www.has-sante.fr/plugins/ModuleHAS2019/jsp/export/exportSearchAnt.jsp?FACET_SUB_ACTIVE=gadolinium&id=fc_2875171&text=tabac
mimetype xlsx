--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -21,51 +21,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="308" uniqueCount="183">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="332" uniqueCount="198">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -146,50 +146,65 @@
   <si>
     <t>17/11/2023 10:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
   </si>
   <si>
     <t>p_3288950</t>
   </si>
   <si>
     <t>Histiocytose langerhansienne (enfant de moins de 18 ans)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'histiocytose Langerhansienne. Il a été élaboré par le Centre de référence des Histiocytoses sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>01/12/2021 17:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3301927/fr/histiocytose-langerhansienne-enfant-de-moins-de-18-ans</t>
   </si>
   <si>
     <t>p_3301927</t>
   </si>
   <si>
+    <t>Syndrome de Marfan et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Marfan ou d’un syndrome apparenté. Il a été élaboré par le Centre de Référence National Marfan et Apparentés à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676981/fr/syndrome-de-marfan-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_676981</t>
+  </si>
+  <si>
     <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>07/10/2022 12:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
   </si>
   <si>
     <t>p_3375791</t>
   </si>
   <si>
     <t>Maladie Rénale Chronique (MRC) de l’enfant</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de maladie rénale chronique. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>07/12/2018 15:31:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2889689/fr/maladie-renale-chronique-mrc-de-l-enfant</t>
@@ -209,93 +224,123 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
   </si>
   <si>
     <t>c_680242</t>
   </si>
   <si>
     <t>ALD n° 10 - Syndromes drépanocytaires majeurs de l'adulte</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes. Ce PNDS est limité à la prise en charge de l’adulte atteint d’un syndrome drépanocytaire majeur (SDM). Il complète dans ce domaine le PNDS concernant les syndromes drépanocytaires majeurs de l’enfant et de l’adolescent et celui concernant les patients atteints de bêta- thalassémie majeure.</t>
   </si>
   <si>
     <t>06/01/2010 00:00:00</t>
   </si>
   <si>
     <t>02/04/2010 13:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_938884/fr/ald-n-10-syndromes-drepanocytaires-majeurs-de-l-adulte</t>
   </si>
   <si>
     <t>c_938884</t>
   </si>
   <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
+  </si>
+  <si>
     <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/05/2024 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
   </si>
   <si>
     <t>c_938890</t>
   </si>
   <si>
     <t>Acromégalie</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acromégalie. Il a été élaboré par le Centre de Référence des Maladies rares de l’Hypophyse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>17/11/2021 12:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3292767/fr/acromegalie</t>
   </si>
   <si>
     <t>p_3292767</t>
   </si>
   <si>
     <t>Artérite de Takayasu</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Artérite de Takayasu. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de référence des maladies vasculaires rares, de la filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), et de la filière maladies vasculaires rares avec atteinte multisystémique (FAVA-MULTI), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>23/04/2020 13:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148994/fr/arterite-de-takayasu</t>
   </si>
   <si>
     <t>p_3148994</t>
+  </si>
+  <si>
+    <t>Maladie associée aux IgG4  - Pathologies infiltratives et fibrosantes associées aux IgG4</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinsd’un patient atteint de maladie associée aux IgG4 (MAG4). Il a été élaboré par le Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe –IgG4 (CERAINOM-IgG4) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) avec la participation du Centre de référence des maladies rares du pancréas (PaRaDis) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3776085/fr/maladie-associee-aux-igg4-pathologies-infiltratives-et-fibrosantes-associees-aux-igg4</t>
+  </si>
+  <si>
+    <t>p_3776085</t>
   </si>
   <si>
     <t>Transplantation rénale chez l’enfant</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient transplanté rénal à l’âge pédiatrique. Il a été élaboré par le Centres de Référence des Maladies Rénales Rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/08/2024 16:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3473573/fr/transplantation-renale-chez-l-enfant</t>
   </si>
   <si>
     <t>p_3473573</t>
   </si>
   <si>
     <t>Syndrome de Cogan</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cogan. Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>22/04/2024 08:32:00</t>
   </si>
@@ -778,51 +823,51 @@
       </c>
       <c r="D3" t="s">
         <v>25</v>
       </c>
       <c r="E3" t="s">
         <v>26</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>27</v>
       </c>
       <c r="H3" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H26"/>
+  <dimension ref="A1:H29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -951,77 +996,77 @@
       </c>
       <c r="E6" t="s">
         <v>53</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>54</v>
       </c>
       <c r="H6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>29</v>
       </c>
       <c r="B7" t="s">
         <v>56</v>
       </c>
       <c r="C7" t="s">
         <v>57</v>
       </c>
       <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
         <v>58</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>59</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>29</v>
       </c>
       <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
         <v>62</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E8" t="s">
         <v>64</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>65</v>
       </c>
       <c r="H8" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>29</v>
       </c>
       <c r="B9" t="s">
         <v>67</v>
       </c>
       <c r="C9" t="s">
         <v>68</v>
       </c>
       <c r="D9" t="s">
@@ -1162,129 +1207,129 @@
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>95</v>
       </c>
       <c r="H14" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>29</v>
       </c>
       <c r="B15" t="s">
         <v>97</v>
       </c>
       <c r="C15" t="s">
         <v>98</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="H15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>29</v>
       </c>
       <c r="B16" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C16" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H16" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>29</v>
       </c>
       <c r="B17" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C17" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="H17" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>29</v>
       </c>
       <c r="B18" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C18" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>114</v>
       </c>
       <c r="H18" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>29</v>
       </c>
       <c r="B19" t="s">
         <v>116</v>
       </c>
       <c r="C19" t="s">
         <v>117</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
@@ -1318,407 +1363,485 @@
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
         <v>124</v>
       </c>
       <c r="H20" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>29</v>
       </c>
       <c r="B21" t="s">
         <v>126</v>
       </c>
       <c r="C21" t="s">
         <v>127</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>38</v>
+        <v>128</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="H21" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>29</v>
       </c>
       <c r="B22" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C22" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>38</v>
+        <v>133</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="H22" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>29</v>
       </c>
       <c r="B23" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C23" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="H23" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>29</v>
       </c>
       <c r="B24" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C24" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>141</v>
+        <v>38</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="H24" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>29</v>
       </c>
       <c r="B25" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C25" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>146</v>
+        <v>38</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
         <v>147</v>
       </c>
       <c r="H25" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>29</v>
       </c>
       <c r="B26" t="s">
         <v>149</v>
       </c>
       <c r="C26" t="s">
         <v>150</v>
       </c>
       <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
         <v>151</v>
       </c>
-      <c r="E26" t="s">
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
         <v>152</v>
       </c>
-      <c r="F26" t="s">
-[...2 lines deleted...]
-      <c r="G26" t="s">
+      <c r="H26" t="s">
         <v>153</v>
       </c>
-      <c r="H26" t="s">
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>29</v>
+      </c>
+      <c r="B27" t="s">
         <v>154</v>
+      </c>
+      <c r="C27" t="s">
+        <v>155</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>156</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>157</v>
+      </c>
+      <c r="H27" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>29</v>
+      </c>
+      <c r="B28" t="s">
+        <v>159</v>
+      </c>
+      <c r="C28" t="s">
+        <v>160</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>161</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>162</v>
+      </c>
+      <c r="H28" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>29</v>
+      </c>
+      <c r="B29" t="s">
+        <v>164</v>
+      </c>
+      <c r="C29" t="s">
+        <v>165</v>
+      </c>
+      <c r="D29" t="s">
+        <v>166</v>
+      </c>
+      <c r="E29" t="s">
+        <v>167</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>168</v>
+      </c>
+      <c r="H29" t="s">
+        <v>169</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>155</v>
+        <v>170</v>
       </c>
       <c r="B2" t="s">
-        <v>156</v>
+        <v>171</v>
       </c>
       <c r="C2" t="s">
-        <v>157</v>
+        <v>172</v>
       </c>
       <c r="D2" t="s">
-        <v>158</v>
+        <v>173</v>
       </c>
       <c r="E2" t="s">
-        <v>159</v>
+        <v>174</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>160</v>
+        <v>175</v>
       </c>
       <c r="H2" t="s">
-        <v>161</v>
+        <v>176</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>155</v>
+        <v>170</v>
       </c>
       <c r="B3" t="s">
-        <v>162</v>
+        <v>177</v>
       </c>
       <c r="C3" t="s">
-        <v>163</v>
+        <v>178</v>
       </c>
       <c r="D3" t="s">
-        <v>164</v>
+        <v>179</v>
       </c>
       <c r="E3" t="s">
-        <v>165</v>
+        <v>180</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>166</v>
+        <v>181</v>
       </c>
       <c r="H3" t="s">
-        <v>167</v>
+        <v>182</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>168</v>
+        <v>183</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>169</v>
+        <v>184</v>
       </c>
       <c r="B2" t="s">
-        <v>170</v>
+        <v>185</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>171</v>
+        <v>186</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>172</v>
+        <v>187</v>
       </c>
       <c r="H2" t="s">
-        <v>173</v>
+        <v>188</v>
       </c>
       <c r="I2" t="s">
-        <v>174</v>
+        <v>189</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>169</v>
+        <v>184</v>
       </c>
       <c r="B3" t="s">
-        <v>175</v>
+        <v>190</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>176</v>
+        <v>191</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>177</v>
+        <v>192</v>
       </c>
       <c r="H3" t="s">
-        <v>178</v>
+        <v>193</v>
       </c>
       <c r="I3" t="s">
-        <v>174</v>
+        <v>189</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>169</v>
+        <v>184</v>
       </c>
       <c r="B4" t="s">
-        <v>179</v>
+        <v>194</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>180</v>
+        <v>195</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>181</v>
+        <v>196</v>
       </c>
       <c r="H4" t="s">
-        <v>182</v>
+        <v>197</v>
       </c>
       <c r="I4" t="s">
-        <v>174</v>
+        <v>189</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>