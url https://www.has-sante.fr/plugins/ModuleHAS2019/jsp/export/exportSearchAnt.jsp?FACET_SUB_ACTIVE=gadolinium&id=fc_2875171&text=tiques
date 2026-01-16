--- v0 (2025-11-26)
+++ v1 (2026-01-16)
@@ -9,119 +9,134 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="40">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Maladie associée aux IgG4  - Pathologies infiltratives et fibrosantes associées aux IgG4</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinsd’un patient atteint de maladie associée aux IgG4 (MAG4). Il a été élaboré par le Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe –IgG4 (CERAINOM-IgG4) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) avec la participation du Centre de référence des maladies rares du pancréas (PaRaDis) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3776085/fr/maladie-associee-aux-igg4-pathologies-infiltratives-et-fibrosantes-associees-aux-igg4</t>
+  </si>
+  <si>
+    <t>p_3776085</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Actualisation de la place des différents examens d’imagerie pour le diagnostic d’endométriose</t>
   </si>
   <si>
     <t>Les objectifs de ce travail sont d’aider les professionnels de santé à la prise en soins des femmes susceptibles de présenter une endométriose et de rendre homogène les procédures sur le territoire : Améliorer et homogénéiser les conditions et procédures des examens d’imagerie diagnostique ; Standardisation des compte rendus d’imagerie diagnostique ; Préciser la stratégie d’imagerie : place des différents examens d’imagerie pour le diagnostic d’endométriose.</t>
   </si>
   <si>
     <t>15/05/2025 00:00:00</t>
   </si>
   <si>
     <t>25/06/2024 09:39:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3524940/fr/actualisation-de-la-place-des-differents-examens-d-imagerie-pour-le-diagnostic-d-endometriose</t>
   </si>
   <si>
     <t>p_3524940</t>
   </si>
   <si>
     <t>Études et Rapports</t>
   </si>
   <si>
     <t>Indicateurs de qualité du parcours - Définition des indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie - novembre 2023</t>
   </si>
   <si>
     <t>En 2023, la HAS a défini 14 indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie. Ils sont présentés dans le rapport « Parcours du patient ayant une épilepsie : Définition des indicateurs de qualité du parcours de soins ». Le développement des 4 indicateurs mesurables à partir du SNDS débutera en 2024.</t>
   </si>
   <si>
     <t>07/12/2023 17:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3477948/fr/indicateurs-de-qualite-du-parcours-definition-des-indicateurs-de-qualite-du-parcours-des-enfants-et-des-adultes-ayant-une-epilepsie-novembre-2023</t>
   </si>
   <si>
     <t>p_3477948</t>
-  </si>
-[...1 lines deleted...]
-    <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Laminopathies avec présentation cardiaque</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint de laminopathie avec atteinte cardiaque. Il a été élaboré par le Centre de référence des maladies cardiaques héréditaires ou rares (cardiomyopathies et troubles du rythme) Hôpital de la Pitié-Salpêtrière, Paris, Centre de référence des maladies neuromusculaires Nord/Est/Ile de France, Hôpital Cochin, Paris, Filière nationale de santé CARDIOGEN à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>13/12/2022 11:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3389365/fr/laminopathies-avec-presentation-cardiaque</t>
   </si>
   <si>
     <t>p_3389365</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Biopsies ciblées dans le diagnostic du cancer de la prostate – Rapport d'évaluation</t>
   </si>
   <si>
     <t>Evaluer la capacité des biopsies ciblées à détecter un cancer de la prostate (cliniquement significatif et non cliniquement significatif) chez les patients avec une suspicion de cancer de la prostate établie sur la base d'un toucher rectal anormal et/ou des valeurs du marqueur sérique PSA anormales ou avec des facteurs de risques familiaux ou liés à l'origine ethnique (africaine en particulier) chez : i) les patients candidats à une première série de biopsies ou ii) à des biopsies répétées (en cas de suspicion persistante de cancer de la prostate après une première série de biopsies négatives)</t>
   </si>
@@ -164,179 +179,205 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>22</v>
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
         <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
         <v>28</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>29</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
         <v>30</v>
       </c>
-      <c r="D5" t="s">
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>31</v>
       </c>
-      <c r="E5" t="s">
+      <c r="H5" t="s">
         <v>32</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
         <v>33</v>
       </c>
-      <c r="H5" t="s">
+      <c r="B6" t="s">
         <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>