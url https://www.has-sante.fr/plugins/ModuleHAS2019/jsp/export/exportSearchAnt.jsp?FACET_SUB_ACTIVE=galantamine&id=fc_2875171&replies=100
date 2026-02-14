--- v0 (2025-11-07)
+++ v1 (2026-02-14)
@@ -1,109 +1,133 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="148" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="164" uniqueCount="94">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Patients présentant un trouble neurocognitif associé à la maladie d’Alzheimer ou à une maladie apparentée</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les parcours de soins des patients présentant un trouble neurocognitif (TNC) associé à la maladie d’Alzheimer ou à une maladie apparentée. Il complète différents travaux de la HAS sur ce thème. Ce travail contribue aux mesures et répond aux actions prioritaires du plan national des maladies neurodégénératives (PMND).</t>
+  </si>
+  <si>
+    <t>22/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>25/05/2018 10:39:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906096/fr/patients-presentant-un-trouble-neurocognitif-associe-a-la-maladie-d-alzheimer-ou-a-une-maladie-apparentee</t>
+  </si>
+  <si>
+    <t>c_2906096</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
   </si>
   <si>
     <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
   </si>
   <si>
     <t>26/03/2018 00:00:00</t>
   </si>
   <si>
     <t>26/03/2018 05:00:00</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
   </si>
   <si>
     <t>c_2006477</t>
   </si>
   <si>
     <t>Maladie d'Alzheimer et maladies apparentées : diagnostic et prise en charge de l'apathie</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique entre dans le cadre du Plan Alzheimer 2008-2012. L’objectif est de définir chez des patients atteints de maladie d’Alzheimer ou maladies apparentées : la démarche diagnostique de l’apathie, qui comprend le diagnostic différentiel avec la dépression et la prise en charge de l’apathie, en précisant notamment les moyens thérapeutiques non médicamenteux.</t>
   </si>
   <si>
     <t>16/07/2014 00:00:00</t>
   </si>
   <si>
     <t>09/10/2014 15:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1660673/fr/maladie-d-alzheimer-et-maladies-apparentees-diagnostic-et-prise-en-charge-de-l-apathie</t>
   </si>
   <si>
     <t>c_1660673</t>
   </si>
@@ -324,56 +348,56 @@
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -387,509 +411,575 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...76 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>27</v>
+      </c>
+      <c r="H3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>29</v>
+      </c>
+      <c r="C4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>35</v>
+      </c>
+      <c r="C5" t="s">
+        <v>36</v>
+      </c>
+      <c r="D5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E5" t="s">
+        <v>38</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>39</v>
+      </c>
+      <c r="H5" t="s">
+        <v>40</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B2" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="H2" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="I2" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B3" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="C3" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="H3" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="I3" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B4" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
+        <v>54</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>55</v>
+      </c>
+      <c r="H4" t="s">
+        <v>56</v>
+      </c>
+      <c r="I4" t="s">
         <v>47</v>
-      </c>
-[...10 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B5" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="H5" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="I5" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B6" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="H6" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="I6" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="B2" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="C2" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="D2" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="E2" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="H2" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:N3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="J1" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="K1" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="B2" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H2" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="I2" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="J2" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="K2" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="L2" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="M2" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="B3" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I3" t="s">
         <v>80</v>
       </c>
-      <c r="H3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J3" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="K3" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="L3" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="M3" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="N3" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>