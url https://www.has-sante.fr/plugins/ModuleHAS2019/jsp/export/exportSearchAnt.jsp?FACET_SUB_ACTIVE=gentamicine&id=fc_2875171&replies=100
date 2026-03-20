--- v1 (2026-02-15)
+++ v2 (2026-03-20)
@@ -1,292 +1,2220 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="394" uniqueCount="240">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>05/29/2008 17:37:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>ALLOGREFFON ARTÉRIEL +2/+8°C BIOPROTEC</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_665169/en/antibiotic-therapy-and-prevention-of-bacterial-resistance-in-healthcare-organisations</t>
+    <t>06/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2026 14:16:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808976/fr/allogreffon-arteriel-2/-8c-bioprotec</t>
+  </si>
+  <si>
+    <t>p_3808976</t>
+  </si>
+  <si>
+    <t>Allogreffon artériel conservé entre +2°C et +8°C (tissu humain)</t>
+  </si>
+  <si>
+    <t>BIOPROTEC</t>
+  </si>
+  <si>
+    <t>DAC</t>
+  </si>
+  <si>
+    <t>10/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>24/09/2019 17:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106819/fr/dac</t>
+  </si>
+  <si>
+    <t>p_3106819</t>
+  </si>
+  <si>
+    <t>hydrogel biorésorbable pour implants orthopédiques</t>
+  </si>
+  <si>
+    <t>NOVAGENIT SRL</t>
+  </si>
+  <si>
+    <t>ALLOGREFFE DE VEINE SAPHENE CONSERVEE ENTRE +2°C ET +8°C</t>
+  </si>
+  <si>
+    <t>Greffon d'origine humaine</t>
+  </si>
+  <si>
+    <t>16/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/07/2015 16:29:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045748/fr/allogreffe-de-veine-saphene-conservee-entre-2c-et-8c</t>
+  </si>
+  <si>
+    <t>c_2045748</t>
+  </si>
+  <si>
+    <t>BIOPROTEC SAS</t>
+  </si>
+  <si>
+    <t>AMS 700 InhibiZone</t>
+  </si>
+  <si>
+    <t>Implants péniens gonflables</t>
+  </si>
+  <si>
+    <t>17/09/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>25/09/2013 17:00:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1648397/fr/ams-700-inhibizone</t>
+  </si>
+  <si>
+    <t>c_1648397</t>
+  </si>
+  <si>
+    <t>American Medical Systems Inc.</t>
+  </si>
+  <si>
+    <t>SYNICEM - 22 décembre 2009 (2154) avis</t>
+  </si>
+  <si>
+    <t>Implant temporaire de hanche (espaceur) Chirurgie orthopédique - Nouveau dispositif Avis défavorable au remboursement dans le traitement de l’infection sur prothèse de hanche</t>
+  </si>
+  <si>
+    <t>22/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>10/05/2010 13:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951392/fr/synicem-22-decembre-2009-2154-avis</t>
+  </si>
+  <si>
+    <t>c_951392</t>
+  </si>
+  <si>
+    <t>SYNIMED France</t>
+  </si>
+  <si>
+    <t>SYNICEM - CNEDiMTS du 12 janvier 2010 (2154)</t>
+  </si>
+  <si>
+    <t>12/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2010 18:32:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_917934/fr/synicem-cnedimts-du-12-janvier-2010-2154</t>
+  </si>
+  <si>
+    <t>c_917934</t>
+  </si>
+  <si>
+    <t>Avis Prothèses de hanche</t>
+  </si>
+  <si>
+    <t>05/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/09/2007 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_592051/fr/avis-protheses-de-hanche</t>
+  </si>
+  <si>
+    <t>c_592051</t>
+  </si>
+  <si>
+    <t>Ministre</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Traitement curatif des personnes infectées par Chlamydia trachomatis</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge thérapeutique des personnes infectées par Chlamydia trachomatis. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2025 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604614/fr/traitement-curatif-des-personnes-infectees-par-chlamydia-trachomatis</t>
+  </si>
+  <si>
+    <t>p_3604614</t>
+  </si>
+  <si>
+    <t>Traitement curatif des personnes infectées par Mycoplasma genitalium</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge thérapeutique des personnes infectées par Mycoplasma genitalium. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604652/fr/traitement-curatif-des-personnes-infectees-par-mycoplasma-genitalium</t>
+  </si>
+  <si>
+    <t>p_3604652</t>
+  </si>
+  <si>
+    <t>Recommandations de prise en charge des personnes infectées par Neisseria gonorrhoeae</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes infectées par Neisseria gonorrhoeae. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>13/05/2025 17:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604670/fr/recommandations-de-prise-en-charge-des-personnes-infectees-par-neisseria-gonorrhoeae</t>
+  </si>
+  <si>
+    <t>p_3604670</t>
+  </si>
+  <si>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Antibiogrammes ciblés pour les infections urinaires à Entérobactéries dans la population féminine adulte (à partir de 12 ans)</t>
+  </si>
+  <si>
+    <t>Ces recommandations visent à améliorer les pratiques des professionnels en favorisant la diffusion, la promotion et la mise à disposition de tous les prescripteurs d’outils de bon usage des antibiotiques notamment en favorisant les antibiogrammes ciblés dans les ECBU positifs à entérobactéries.</t>
+  </si>
+  <si>
+    <t>05/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2023 09:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262788/fr/antibiogrammes-cibles-pour-les-infections-urinaires-a-enterobacteries-dans-la-population-feminine-adulte-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>p_3262788</t>
+  </si>
+  <si>
+    <t>Antibiothérapie des infections à entérobactéries et à Pseudomonas aeruginosa chez l’adulte : place des carbapénèmes et de leurs alternatives</t>
+  </si>
+  <si>
+    <t>L’enjeu de ces recommandations est une meilleure utilisation des carbapénèmes, avec un objectif de réduction de leur consommation, principalement à l’hôpital, en limitant au strict nécessaire leur utilisation en antibiothérapie probabiliste ou documentée afin de préserver leur efficacité.</t>
+  </si>
+  <si>
+    <t>09/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>04/06/2019 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968915/fr/antibiotherapie-des-infections-a-enterobacteries-et-a-pseudomonas-aeruginosa-chez-l-adulte-place-des-carbapenemes-et-de-leurs-alternatives</t>
+  </si>
+  <si>
+    <t>c_2968915</t>
+  </si>
+  <si>
+    <t>Label - Diagnostic et prise en charge des enfants ayant ingéré une pile bouton ou une pile plate</t>
+  </si>
+  <si>
+    <t>La HAS et la Société de Toxicologie Clinique (STC) publient des recommandations sur la prise en charge d’un enfant ayant ingéré une pile bouton. Ces recommandations déterminent la bonne intervention au bon moment pour chacun des professionnels confrontés à la situation. La rapidité de réaction de chacun est, en effet, essentielle car même en cas de doute, l’ingestion d’une pile bouton constitue une urgence. Des outils sont proposés, notamment des arbres décisionnels déclinés pour chaque situation.</t>
+  </si>
+  <si>
+    <t>14/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2022 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165810/fr/label-diagnostic-et-prise-en-charge-des-enfants-ayant-ingere-une-pile-bouton-ou-une-pile-plate</t>
+  </si>
+  <si>
+    <t>p_3165810</t>
+  </si>
+  <si>
+    <t>Prise en charge médicale et chirurgicale de la diverticulite colique</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation est d’améliorer la qualité de la prise en charge des patients présentant une diverticulite colique. Il s’agit d’une actualisation des précédentes recommandations de 2006.</t>
+  </si>
+  <si>
+    <t>22/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2017 15:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806798/fr/prise-en-charge-medicale-et-chirurgicale-de-la-diverticulite-colique</t>
+  </si>
+  <si>
+    <t>c_2806798</t>
+  </si>
+  <si>
+    <t>Stratégie d'antibiothérapie et prévention des résistances bactériennes en établissement de santé</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif le bon usage des antibiotiques au sein des établissements de santé, et plus particulièrement de faciliter la mise en place des stratégies d’antibiothérapie les plus efficaces et permettant de prévenir l’émergence des résistances bactériennes. Elles correspondent à l’actualisation des recommandations publiées en 1997 par l’Anaes sur «le bon usage des antibiotiques à l’hôpital».</t>
+  </si>
+  <si>
+    <t>16/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2008 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_665169/fr/strategie-d-antibiotherapie-et-prevention-des-resistances-bacteriennes-en-etablissement-de-sante</t>
   </si>
   <si>
     <t>c_665169</t>
   </si>
   <si>
-    <t>Antenatal prevention of the risk of early neonatal bacterial infection</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272118/en/antenatal-prevention-of-the-risk-of-early-neonatal-bacterial-infection</t>
+    <t>Prévention anténatale du risque infectieux bactérien néonatal précoce</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles répondent aux questions suivantes : 1. Dans quelles circonstances faut-il rechercher une infection cervico-vaginale chez la femme enceinte ? 2. Quels prélèvements faut-il réaliser chez la femme enceinte pour rechercher une infection bactérienne cervico-vaginale et comment en interpréter les résultats ? 3. Quelle est la conduite à tenir en cas d'infection bactérienne cervico-vaginale au cours d'une grossesse normale ou pathologique ? 4. Y a-t-il un intérêt à rechercher systématiquement un portage du streptocoque du groupe B au cours de la grossesse et du travail ? Si oui, quels selon quelles modalités, quand et comment ? 5. Quelle antibioprophylaxie de l'infection néonatale à streptocoque du groupe B proposer en per partum ? 6. Quels examens faut-il réaliser en cas de rupture prématurée des membranes ? 7. Quelle est la conduite à tenir au plan infectieux en cas de rupture prématurée des membranes ?</t>
+  </si>
+  <si>
+    <t>01/09/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272118/fr/prevention-antenatale-du-risque-infectieux-bacterien-neonatal-precoce</t>
   </si>
   <si>
     <t>c_272118</t>
   </si>
   <si>
-    <t>Primary postpartum haemorrhage</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272417/en/primary-postpartum-haemorrhage</t>
+    <t>Diagnostic et traitement curatif de l'infection bactérienne précoce du nouveau-né</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles répondent aux questions suivantes : 1 Quels sont les critères anamnestiques et les signes cliniques de suspicion d'une infection bactérienne chez un nouveau-né ? 1 Quel bilan biologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quel bilan bactériologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quelle stratégie thérapeutique est recommandée ?</t>
+  </si>
+  <si>
+    <t>01/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272226/fr/diagnostic-et-traitement-curatif-de-l-infection-bacterienne-precoce-du-nouveau-ne</t>
+  </si>
+  <si>
+    <t>c_272226</t>
+  </si>
+  <si>
+    <t>Hémorragies du post-partum immédiat</t>
+  </si>
+  <si>
+    <t>Les hémorragies du post-partum (HPP) sont la première cause de mortalité maternelle en France.# Ces recommandations ont pour objectif d’aider les professionnels de santé (gynécologue-obstétriciens, anesthésistes-réanimateurs, sages-femmes) à prendre une décision médicale dans ce contexte d’urgence.# Les recommandations répondent aux principales questions suivantes : # 1. Quels sont les facteurs de risque en période anténatale et pendant le travail ?# 2. Quelle est la prise en charge recommandée en période anténatale et au moment de l’accouchement afin de diminuer le risque de survenue ou les conséquences d’une HPP ?# 3. Quelle est la prise en charge recommandée en cas d’HPP initiale et en cas d’HPP qui persiste ?# 4. Quelles sont les méthodes invasives recommandées et quelle stratégie adopter en cas d’HPP menaçant le pronostic vital ?</t>
+  </si>
+  <si>
+    <t>01/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2004 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272417/fr/hemorragies-du-post-partum-immediat</t>
   </si>
   <si>
     <t>c_272417</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>Syndrome du grêle court de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint d’un Syndrome du Grêle Court (SGC) nécessitant un traitement prolongé et spécialisé. Il a été élaboré par le Centre de référence des maladies rares digestives (MaRDi) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2023 18:02:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3449629/fr/syndrome-du-grele-court-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3449629</t>
+  </si>
+  <si>
+    <t>Myopathies reliées au collagène VI</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de myopathies liées au collagène de type VI (COLVI). Il a été élaboré par le Centre de Référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/11/2022 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3376221/fr/myopathies-reliees-au-collagene-vi</t>
+  </si>
+  <si>
+    <t>p_3376221</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients ayant une cardiopathie univentriculaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant un cœur univentriculaire. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/02/2022 09:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313020/fr/prise-en-charge-des-patients-ayant-une-cardiopathie-univentriculaire</t>
+  </si>
+  <si>
+    <t>p_3313020</t>
+  </si>
+  <si>
+    <t>Bronchectasie de l’enfant, diagnostic et prise en charge (hors mucoviscidose et dyskinésies ciliaires primitives)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de dilatations des bronches (DDBs) ou bronchectasies (hors mucoviscidose et dyskinésies ciliaires primitives). Il a été élaboré par le Centre de référence des maladies respiratoires rares – RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290052/fr/bronchectasie-de-l-enfant-diagnostic-et-prise-en-charge-hors-mucoviscidose-et-dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>p_3290052</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Truncus arteriosus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un patient ayant un truncus arteriosus.</t>
+  </si>
+  <si>
+    <t>04/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699955/fr/ald-n-5-cardiopathies-congenitales-complexes-truncus-arteriosus</t>
+  </si>
+  <si>
+    <t>c_699955</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Transposition simple des gros vaisseaux</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une TGV simple.</t>
+  </si>
+  <si>
+    <t>07/10/2008 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699962/fr/ald-n-5-cardiopathies-congenitales-complexes-transposition-simple-des-gros-vaisseaux</t>
+  </si>
+  <si>
+    <t>c_699962</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : tétralogie de Fallot, atrésie pulmonaire à septum ouvert ou agénésie des valves pulmonaires avec communication interventriculaire</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une tétralogie de Fallot, une APSO ou une agénésie des valves pulmonaire avec CIV.</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699967/fr/ald-n-5-cardiopathies-congenitales-complexes-tetralogie-de-fallot-atresie-pulmonaire-a-septum-ouvert-ou-agenesie-des-valves-pulmonaires-avec-communication-interventriculaire</t>
+  </si>
+  <si>
+    <t>c_699967</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections neuroméningées</t>
+  </si>
+  <si>
+    <t>Technique d’amplification des acides nucléiques, TAAN simplex, TAAN multiplex, paralysies flasques aiguës, abcès cérébraux, méningites, encéphalites</t>
+  </si>
+  <si>
+    <t>16/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>23/01/2025 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585537/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-neuromeningees</t>
+  </si>
+  <si>
+    <t>p_3585537</t>
+  </si>
+  <si>
+    <t>Ciments avec ou sans antibiotiques pour la fixation des implants articulaires</t>
+  </si>
+  <si>
+    <t>Le ciment chirurgical est utilisé pour la fixation d’implants articulaires tels que la hanche, le genou, l’épaule, la cheville et le coude.</t>
+  </si>
+  <si>
+    <t>20/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2017 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607290/fr/ciments-avec-ou-sans-antibiotiques-pour-la-fixation-des-implants-articulaires</t>
+  </si>
+  <si>
+    <t>c_2607290</t>
+  </si>
+  <si>
+    <t>Évaluation des Implants d’embolisation artérielle (pour fistule artérioveineuse, tumeur, anévrisme) : Indications en dehors de la topographie cranioencéphalique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les implants d’embolisation artérielle inscrits sur la Liste des produits et prestations remboursables (LPPR), afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des implants d’embolisation artérielles utilisés dans des indications en dehors de la topographie cranioencéphaliques ; réévaluer l’intérêt des implants d’embolisation artérielle en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les caractéristiques techniques auxquelles doivent répondre les implants d’embolisation artérielle inscrits sur la LPPR.</t>
+  </si>
+  <si>
+    <t>16/12/2011 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1148855/fr/evaluation-des-implants-d-embolisation-arterielle-pour-fistule-arterioveineuse-tumeur-anevrisme-indications-en-dehors-de-la-topographie-cranioencephalique</t>
+  </si>
+  <si>
+    <t>c_1148855</t>
+  </si>
+  <si>
+    <t>Évaluation des prothèses de hanche</t>
+  </si>
+  <si>
+    <t>L’évaluation des prothèses de hanche a été réalisée suite à l’arrêté du 25 juillet 2005. Elle a concerné les prothèses totales de hanche et les prothèses fémorales, ne remplaçant que le versant fémoral de l’articulation. L’objectif était de : définir les indications et les situations cliniques d’utilisation des différents types de prothèses existantes ; décrire les caractéristiques techniques auxquelles doivent répondre les prothèses inscrites sur la LPPR, ainsi que leurs conditions de prise en charge ; préciser les conditions de renouvellement d’inscription, en particulier les données cliniques complémentaires à fournir ; émettre des recommandations sur les études cliniques à mettre en œuvre pour améliorer l’évaluation des prothèses de hanche.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>02/10/2008 10:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_674535/fr/evaluation-des-protheses-de-hanche</t>
+  </si>
+  <si>
+    <t>c_674535</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 8 Septembre 2020</t>
+  </si>
+  <si>
+    <t>07/09/2020 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3200189/fr/cnedimts-reunion-du-8-septembre-2020</t>
+  </si>
+  <si>
+    <t>p_3200189</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 6 décembre 2016</t>
+  </si>
+  <si>
+    <t>30/11/2016 11:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2727049/fr/cnedimts-reunion-du-6-decembre-2016</t>
+  </si>
+  <si>
+    <t>c_2727049</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Utilisation du vaccin contre la grippe saisonnière Influvac Tetra chez les enfants âgés de 6 à 35 mois</t>
+  </si>
+  <si>
+    <t>Suite à la nouvelle autorisation de mise sur le marché (AMM) du vaccin Influvac Tetra, permettant son utilisation chez les nourrissons et les enfants âgés de 6 à 35 mois, la HAS a évalué la place de ce vaccin dans la stratégie vaccinale existante de prévention de la grippe saisonnière chez les nourrissons et les jeunes enfants. Cette évaluation, qui s’adresse aux décideurs publics, a pris en compte les données d’efficacité vaccinale, d’immunogénicité et de tolérance disponibles pour ce vaccin. La HAS a conclu que le vaccin Influvac Tetra peut être utilisé selon son AMM pour les populations de nourrissons et d'enfants âgés de 6 à 35 mois dans le cadre de la stratégie vaccinale française vis-à-vis de la grippe saisonnière.</t>
+  </si>
+  <si>
+    <t>21/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>25/11/2021 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295272/fr/utilisation-du-vaccin-contre-la-grippe-saisonniere-influvac-tetra-chez-les-enfants-ages-de-6-a-35-mois</t>
+  </si>
+  <si>
+    <t>p_3295272</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale sur l'extension des compétences des professionnels de santé en matière de vaccination contre la grippe saisonnière</t>
+  </si>
+  <si>
+    <t>A la demande du ministère des Solidarités et de la Santé, la Haute Autorité de santé (HAS) émet des recommandations établissant l’intérêt et les conditions d’une extension des compétences en matière de vaccination des infirmiers, des sages-femmes et des pharmaciens ainsi que les formations et/ou les pré-requis nécessaires à la pratique de ces vaccinations. Cette recommandation porte uniquement sur la vaccination contre la grippe saisonnière. D’autres travaux à venir traiteront de l’ensemble des vaccinations de l’enfance, de l’adolescence et de l’âge adulte.</t>
+  </si>
+  <si>
+    <t>25/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/08/2018 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867268/fr/recommandation-vaccinale-sur-l-extension-des-competences-des-professionnels-de-sante-en-matiere-de-vaccination-contre-la-grippe-saisonniere</t>
+  </si>
+  <si>
+    <t>c_2867268</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>GENTAMICINE (gentamicine)</t>
+  </si>
+  <si>
+    <t>18/10/2006 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985525/fr/gentamicine-gentamicine</t>
+  </si>
+  <si>
+    <t>pprd_2985525</t>
+  </si>
+  <si>
+    <t>gentamicine</t>
+  </si>
+  <si>
+    <t>LEURQUIN MEDIOLANUM/ CHAUVIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455431/fr/gentamicine-chauvin-gentamicine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455435/fr/gentamicine-leurquin-gentamicine</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Guide pédagogique de l'OMS pour la sécurité des patients - édition multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>Guide pédagogique pour la sécurité des patients : édition multiprofessionnelle : Publié par l’Organisation mondiale de la santé en 2011 sous le titre Patient Safety Curriculum Guide Multi-professionnal, ce guide a été traduit en français par le Ministère des Affaires sociales, de la Santé et des Droits des femmes (Direction générale de l’offre de soins-DGOS) avec la supervision éditoriale par un comité scientifique comprenant des membres de la HAS.</t>
+  </si>
+  <si>
+    <t>22/12/2015 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582471/fr/guide-pedagogique-de-l-oms-pour-la-securite-des-patients-edition-multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>c_2582471</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:J8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D4" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="E4" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="H4" t="s">
-        <v>26</v>
+        <v>31</v>
+      </c>
+      <c r="I4" t="s">
+        <v>27</v>
+      </c>
+      <c r="J4" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>37</v>
+      </c>
+      <c r="H5" t="s">
+        <v>38</v>
+      </c>
+      <c r="I5" t="s">
+        <v>34</v>
+      </c>
+      <c r="J5" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>40</v>
+      </c>
+      <c r="C6" t="s">
+        <v>41</v>
+      </c>
+      <c r="D6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E6" t="s">
+        <v>43</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>44</v>
+      </c>
+      <c r="H6" t="s">
+        <v>45</v>
+      </c>
+      <c r="I6" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>47</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>48</v>
+      </c>
+      <c r="E7" t="s">
+        <v>49</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>50</v>
+      </c>
+      <c r="H7" t="s">
+        <v>51</v>
+      </c>
+      <c r="I7" t="s">
+        <v>12</v>
+      </c>
+      <c r="J7" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>52</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>53</v>
+      </c>
+      <c r="E8" t="s">
+        <v>54</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>55</v>
+      </c>
+      <c r="H8" t="s">
+        <v>56</v>
+      </c>
+      <c r="I8" t="s">
+        <v>12</v>
+      </c>
+      <c r="J8" t="s">
+        <v>57</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B2" t="s">
+        <v>59</v>
+      </c>
+      <c r="C2" t="s">
+        <v>60</v>
+      </c>
+      <c r="D2" t="s">
+        <v>61</v>
+      </c>
+      <c r="E2" t="s">
+        <v>62</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>63</v>
+      </c>
+      <c r="H2" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B3" t="s">
+        <v>65</v>
+      </c>
+      <c r="C3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D3" t="s">
+        <v>61</v>
+      </c>
+      <c r="E3" t="s">
+        <v>62</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H3" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>58</v>
+      </c>
+      <c r="B4" t="s">
+        <v>69</v>
+      </c>
+      <c r="C4" t="s">
+        <v>70</v>
+      </c>
+      <c r="D4" t="s">
+        <v>61</v>
+      </c>
+      <c r="E4" t="s">
+        <v>71</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>72</v>
+      </c>
+      <c r="H4" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>58</v>
+      </c>
+      <c r="B5" t="s">
+        <v>74</v>
+      </c>
+      <c r="C5" t="s">
+        <v>75</v>
+      </c>
+      <c r="D5" t="s">
+        <v>76</v>
+      </c>
+      <c r="E5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>78</v>
+      </c>
+      <c r="H5" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>80</v>
+      </c>
+      <c r="C6" t="s">
+        <v>81</v>
+      </c>
+      <c r="D6" t="s">
+        <v>82</v>
+      </c>
+      <c r="E6" t="s">
+        <v>83</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>84</v>
+      </c>
+      <c r="H6" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>86</v>
+      </c>
+      <c r="C7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D7" t="s">
+        <v>88</v>
+      </c>
+      <c r="E7" t="s">
+        <v>89</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>90</v>
+      </c>
+      <c r="H7" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>58</v>
+      </c>
+      <c r="B8" t="s">
+        <v>92</v>
+      </c>
+      <c r="C8" t="s">
+        <v>93</v>
+      </c>
+      <c r="D8" t="s">
+        <v>94</v>
+      </c>
+      <c r="E8" t="s">
+        <v>95</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>96</v>
+      </c>
+      <c r="H8" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>58</v>
+      </c>
+      <c r="B9" t="s">
+        <v>98</v>
+      </c>
+      <c r="C9" t="s">
+        <v>99</v>
+      </c>
+      <c r="D9" t="s">
+        <v>100</v>
+      </c>
+      <c r="E9" t="s">
+        <v>101</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>102</v>
+      </c>
+      <c r="H9" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>58</v>
+      </c>
+      <c r="B10" t="s">
+        <v>104</v>
+      </c>
+      <c r="C10" t="s">
+        <v>105</v>
+      </c>
+      <c r="D10" t="s">
+        <v>106</v>
+      </c>
+      <c r="E10" t="s">
+        <v>107</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>108</v>
+      </c>
+      <c r="H10" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>58</v>
+      </c>
+      <c r="B11" t="s">
+        <v>110</v>
+      </c>
+      <c r="C11" t="s">
+        <v>111</v>
+      </c>
+      <c r="D11" t="s">
+        <v>112</v>
+      </c>
+      <c r="E11" t="s">
+        <v>112</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>113</v>
+      </c>
+      <c r="H11" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>58</v>
+      </c>
+      <c r="B12" t="s">
+        <v>115</v>
+      </c>
+      <c r="C12" t="s">
+        <v>116</v>
+      </c>
+      <c r="D12" t="s">
+        <v>117</v>
+      </c>
+      <c r="E12" t="s">
+        <v>118</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>119</v>
+      </c>
+      <c r="H12" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>58</v>
+      </c>
+      <c r="B13" t="s">
+        <v>121</v>
+      </c>
+      <c r="C13" t="s">
+        <v>122</v>
+      </c>
+      <c r="D13" t="s">
+        <v>123</v>
+      </c>
+      <c r="E13" t="s">
+        <v>124</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>125</v>
+      </c>
+      <c r="H13" t="s">
+        <v>126</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>127</v>
+      </c>
+      <c r="B2" t="s">
+        <v>128</v>
+      </c>
+      <c r="C2" t="s">
+        <v>129</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>130</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>131</v>
+      </c>
+      <c r="H2" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>127</v>
+      </c>
+      <c r="B3" t="s">
+        <v>133</v>
+      </c>
+      <c r="C3" t="s">
+        <v>134</v>
+      </c>
+      <c r="D3" t="s">
+        <v>135</v>
+      </c>
+      <c r="E3" t="s">
+        <v>136</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>137</v>
+      </c>
+      <c r="H3" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>127</v>
+      </c>
+      <c r="B4" t="s">
+        <v>139</v>
+      </c>
+      <c r="C4" t="s">
+        <v>140</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>141</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>142</v>
+      </c>
+      <c r="H4" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>127</v>
+      </c>
+      <c r="B5" t="s">
+        <v>144</v>
+      </c>
+      <c r="C5" t="s">
+        <v>145</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>146</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>147</v>
+      </c>
+      <c r="H5" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>127</v>
+      </c>
+      <c r="B6" t="s">
+        <v>149</v>
+      </c>
+      <c r="C6" t="s">
+        <v>150</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>151</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>152</v>
+      </c>
+      <c r="H6" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>127</v>
+      </c>
+      <c r="B7" t="s">
+        <v>154</v>
+      </c>
+      <c r="C7" t="s">
+        <v>155</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>156</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>157</v>
+      </c>
+      <c r="H7" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>127</v>
+      </c>
+      <c r="B8" t="s">
+        <v>159</v>
+      </c>
+      <c r="C8" t="s">
+        <v>160</v>
+      </c>
+      <c r="D8" t="s">
+        <v>161</v>
+      </c>
+      <c r="E8" t="s">
+        <v>162</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>163</v>
+      </c>
+      <c r="H8" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>127</v>
+      </c>
+      <c r="B9" t="s">
+        <v>165</v>
+      </c>
+      <c r="C9" t="s">
+        <v>166</v>
+      </c>
+      <c r="D9" t="s">
+        <v>161</v>
+      </c>
+      <c r="E9" t="s">
+        <v>167</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>168</v>
+      </c>
+      <c r="H9" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>127</v>
+      </c>
+      <c r="B10" t="s">
+        <v>170</v>
+      </c>
+      <c r="C10" t="s">
+        <v>171</v>
+      </c>
+      <c r="D10" t="s">
+        <v>161</v>
+      </c>
+      <c r="E10" t="s">
+        <v>172</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>173</v>
+      </c>
+      <c r="H10" t="s">
+        <v>174</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>175</v>
+      </c>
+      <c r="B2" t="s">
+        <v>176</v>
+      </c>
+      <c r="C2" t="s">
+        <v>177</v>
+      </c>
+      <c r="D2" t="s">
+        <v>178</v>
+      </c>
+      <c r="E2" t="s">
+        <v>179</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>180</v>
+      </c>
+      <c r="H2" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>175</v>
+      </c>
+      <c r="B3" t="s">
+        <v>182</v>
+      </c>
+      <c r="C3" t="s">
+        <v>183</v>
+      </c>
+      <c r="D3" t="s">
+        <v>184</v>
+      </c>
+      <c r="E3" t="s">
+        <v>185</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>186</v>
+      </c>
+      <c r="H3" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>175</v>
+      </c>
+      <c r="B4" t="s">
+        <v>188</v>
+      </c>
+      <c r="C4" t="s">
+        <v>189</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>190</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>191</v>
+      </c>
+      <c r="H4" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>175</v>
+      </c>
+      <c r="B5" t="s">
+        <v>193</v>
+      </c>
+      <c r="C5" t="s">
+        <v>194</v>
+      </c>
+      <c r="D5" t="s">
+        <v>195</v>
+      </c>
+      <c r="E5" t="s">
+        <v>196</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>197</v>
+      </c>
+      <c r="H5" t="s">
+        <v>198</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>200</v>
+      </c>
+      <c r="B2" t="s">
+        <v>201</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>202</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>203</v>
+      </c>
+      <c r="H2" t="s">
+        <v>204</v>
+      </c>
+      <c r="I2" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>200</v>
+      </c>
+      <c r="B3" t="s">
+        <v>206</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>207</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>208</v>
+      </c>
+      <c r="H3" t="s">
+        <v>209</v>
+      </c>
+      <c r="I3" t="s">
+        <v>205</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>210</v>
+      </c>
+      <c r="B2" t="s">
+        <v>211</v>
+      </c>
+      <c r="C2" t="s">
+        <v>212</v>
+      </c>
+      <c r="D2" t="s">
+        <v>213</v>
+      </c>
+      <c r="E2" t="s">
+        <v>214</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>215</v>
+      </c>
+      <c r="H2" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>210</v>
+      </c>
+      <c r="B3" t="s">
+        <v>217</v>
+      </c>
+      <c r="C3" t="s">
+        <v>218</v>
+      </c>
+      <c r="D3" t="s">
+        <v>219</v>
+      </c>
+      <c r="E3" t="s">
+        <v>220</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>221</v>
+      </c>
+      <c r="H3" t="s">
+        <v>222</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:L2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>223</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>225</v>
+      </c>
+      <c r="B2" t="s">
+        <v>226</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>227</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>228</v>
+      </c>
+      <c r="H2" t="s">
+        <v>229</v>
+      </c>
+      <c r="I2" t="s">
+        <v>230</v>
+      </c>
+      <c r="J2" t="s">
+        <v>231</v>
+      </c>
+      <c r="K2" t="s">
+        <v>232</v>
+      </c>
+      <c r="L2" t="s">
+        <v>233</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>234</v>
+      </c>
+      <c r="B2" t="s">
+        <v>235</v>
+      </c>
+      <c r="C2" t="s">
+        <v>236</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>237</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>238</v>
+      </c>
+      <c r="H2" t="s">
+        <v>239</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>