--- v0 (2025-11-09)
+++ v1 (2026-02-15)
@@ -1,298 +1,232 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-    <sheet name="Export Medicament" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="102" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="57">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>01/07/2005 17:52:00</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Screening and diagnosis of gestational diabetes mellitus</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>07/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2005 17:52:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272475/fr/rapport-de-synthese-sur-le-depistage-et-le-diagnostic-du-diabete-gestationnel</t>
+    <t>https://www.has-sante.fr/jcms/c_272475/en/screening-and-diagnosis-of-gestational-diabetes-mellitus</t>
   </si>
   <si>
     <t>c_272475</t>
   </si>
   <si>
-    <t>Substance active (DCI)</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982843/fr/glucose-glucose/glucose-anhydre/glucose-monohydrate</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>GLUCOSE VIAFLO (N/R/ glucose monohydraté/ glucose anhydre/ glucose)</t>
+  </si>
+  <si>
+    <t>02/19/2025 16:59:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982843/en/glucose-viaflo-n/r/-glucose-monohydrate/-glucose-anhydre/-glucose</t>
   </si>
   <si>
     <t>pprd_2982843</t>
   </si>
   <si>
     <t>glucose,glucose anhydre,glucose monohydraté</t>
   </si>
   <si>
     <t>AGUETTANT / B. BRAUN MEDICAL / BAXTER SAS / BIOLUZ / CHAIX ET DU MARAIS / COOPERATION PHARMACEUTIQUE FRANCAISE / FRESENIUS KABI FRANCE / MACOPHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400073/fr/glucose-5-pour-cent-bioluz-glucose</t>
-[...155 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399805/fr/dialyse-peritoneale-continue-ambulatoire-chlorure-de-calcium/-chlorure-de-sodium/-chlorure-de-magnesium-hexahyd</t>
+    <t>https://www.has-sante.fr/jcms/c_400073/en/glucose-5-pour-cent-bioluz-glucose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400660/en/glucose-10-pour-cent-bioluz-glucose-anhydre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400713/en/glucose-aguettant-5-glucose-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400714/en/glucose-lavoisier-5-glucose-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460045/en/glucose-lavoisier-glucose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_487118/en/glucose-cooper-glucose-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_555876/en/glucose-5-maco-pharma-glucose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_664039/en/glucose-5-b-braun-glucose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051908/en/glucose-lavoisier-glucose-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1149743/en/glucose-cooper-glucose-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250047/en/glucose-5-macopharma-glucose-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1598705/en/glucose-5-pour-cent-b-braun-glucose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1622323/en/glucose-5-macopharma-glucose-anhydre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638069/en/glucose-fresenius-glucose-anhydre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1671494/en/glucose-5-viaflo-glucose-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1738591/en/glucose-bioluz-glucose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2041946/en/glucose-lavoisier-glucose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2566815/en/glucose-lavoisier-glucose-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2569225/en/glucose-bioluz-glucose-anhydre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2634442/en/glucose-viaflo-glucose-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2757191/en/glucose-macopharma-glucose-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2747224/en/glucose-cooper-5-glucose-glucose-infusion</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851028/en/glucose-5-lavoisier-glucose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851239/en/glucose-5-viaflo-glucose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2852588/en/glucose-5-b-braun-glucose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2852591/en/glucose-5-macopharma-glucose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2852594/en/glucose-fresenius-5-glucose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908490/en/glucose-viaflo-glucose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3409210/en/glucose-5-lavoisier-glucose-monohydrate-solute</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3409213/en/glucose-30-lavoisier-glucose-monohydrate-solute</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3590911/en/glucose-aguettant-glucose-solute</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -365,51 +299,51 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AO5"/>
+  <dimension ref="A1:AO2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -531,151 +465,43 @@
       <c r="AH2" t="s">
         <v>49</v>
       </c>
       <c r="AI2" t="s">
         <v>50</v>
       </c>
       <c r="AJ2" t="s">
         <v>51</v>
       </c>
       <c r="AK2" t="s">
         <v>52</v>
       </c>
       <c r="AL2" t="s">
         <v>53</v>
       </c>
       <c r="AM2" t="s">
         <v>54</v>
       </c>
       <c r="AN2" t="s">
         <v>55</v>
       </c>
       <c r="AO2" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="3">
-[...106 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>