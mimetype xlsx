--- v0 (2025-11-17)
+++ v1 (2026-01-01)
@@ -9,242 +9,149 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>26/11/2020 09:12:00</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
+  </si>
+  <si>
+    <t>01/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2020 10:20:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
-[...71 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
+    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
   </si>
   <si>
     <t>c_2866458</t>
-  </si>
-[...19 lines deleted...]
-    <t>p_3639045</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -258,173 +165,43 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...128 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>