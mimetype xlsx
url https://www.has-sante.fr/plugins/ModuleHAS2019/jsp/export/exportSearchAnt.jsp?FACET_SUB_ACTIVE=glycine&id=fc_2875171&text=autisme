--- v0 (2025-11-17)
+++ v1 (2026-02-16)
@@ -9,149 +9,302 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="67">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...2 lines deleted...]
-    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Sclérose Tubéreuse de Bourneville</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une Sclérose Tubéreuse de Bourneville. Il a été élaboré par le Centre de Référence des Epilepsies Rares du CHU de Lille et de Necker Enfants Malades à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/10/2021 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293728/fr/sclerose-tubereuse-de-bourneville</t>
+  </si>
+  <si>
+    <t>p_3293728</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal :  Réévaluation de l’opportunité  d’intégrer cinq erreurs innées du métabolisme au  programme de DNN</t>
+  </si>
+  <si>
+    <t>La HAS recommande d’élargir au déficit en VLCAD le DNN en population générale en France. Ce dépistage implique nécessairement l’utilisation de la technologie de MS/MS.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2024 13:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426280/fr/depistage-neonatal-reevaluation-de-l-opportunite-d-integrer-cinq-erreurs-innees-du-metabolisme-au-programme-de-dnn</t>
+  </si>
+  <si>
+    <t>p_3426280</t>
+  </si>
+  <si>
+    <t>Gestion du capital sanguin en pré, per et post opératoire et en obstétrique</t>
+  </si>
+  <si>
+    <t>À la demande de la société française d’anesthésie-réanimation (SFAR) et du collectif national des associations d’obèse (CNAO), la HAS a élaboré des recommandations de bonnes pratiques sur la gestion du capital sanguin en pré, per et post opératoire et en obstétrique. Il s'agit d'une démarche innovante qui permet d’optimiser la prise en charge des patients devant avoir une intervention chirurgicale à risque hémorragique.</t>
+  </si>
+  <si>
+    <t>21/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2022 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193968/fr/gestion-du-capital-sanguin-en-pre-per-et-post-operatoire-et-en-obstetrique</t>
+  </si>
+  <si>
+    <t>p_3193968</t>
+  </si>
+  <si>
+    <t>Maladie de Niemann Pick de type C</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Niemann Pick de type C (NPC). Il a été élaboré par le Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299951/fr/maladie-de-niemann-pick-de-type-c</t>
+  </si>
+  <si>
+    <t>p_3299951</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>01/22/2020 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
   </si>
   <si>
     <t>c_2866458</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Autisme et autres troubles envahissants du développement</t>
+  </si>
+  <si>
+    <t>Ce travail répond à la mesure 1 du Plan Autisme. L’objectif de cette mesure est d’élaborer un corpus de connaissances commun sur l’autisme. Plus précisément, ce travail a permis d’identifier les messages-clés permettant de diffuser les connaissances relatives : à la définition de l’autisme et des autres TED et leurs différentes formes cliniques ; aux données épidémiologiques et facteurs associés à l’autisme et autres TED ; aux spécificités du fonctionnement de la personne avec TED ; aux outils d’évaluation du fonctionnement à disposition des professionnels (outils de repérage, de diagnostic, de suivi de l'évolution) ; aux interventions proposées (description, objectifs, critères de jugement de l’efficacité).</t>
+  </si>
+  <si>
+    <t>24/03/2010 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935617/fr/autisme-et-autres-troubles-envahissants-du-developpement</t>
+  </si>
+  <si>
+    <t>c_935617</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +318,277 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>37</v>
+      </c>
+      <c r="B7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" t="s">
+        <v>40</v>
+      </c>
+      <c r="E7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>44</v>
+      </c>
+      <c r="C8" t="s">
+        <v>45</v>
+      </c>
+      <c r="D8" t="s">
+        <v>46</v>
+      </c>
+      <c r="E8" t="s">
+        <v>47</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H8" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>50</v>
+      </c>
+      <c r="C9" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>52</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>53</v>
+      </c>
+      <c r="H9" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>37</v>
+      </c>
+      <c r="B10" t="s">
+        <v>55</v>
+      </c>
+      <c r="C10" t="s">
+        <v>56</v>
+      </c>
+      <c r="D10" t="s">
+        <v>57</v>
+      </c>
+      <c r="E10" t="s">
+        <v>58</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>59</v>
+      </c>
+      <c r="H10" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>61</v>
+      </c>
+      <c r="B11" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" t="s">
+        <v>63</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>65</v>
+      </c>
+      <c r="H11" t="s">
+        <v>66</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>