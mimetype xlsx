--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -1,317 +1,239 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="122" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="43">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>02/10/2024 11:18:00</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Tests based on cell-free DNA in the context of screening for trisomy 21: appropriateness of detecting other chromosomal abnormalities</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) assessed the relevance of detecting other chromosomal abnormalities by circulating foetal cell-free DNA (cfDNA) testing in maternal blood, performed in the context of screening for trisomy 21 (Down syndrome). The HAS recommends screening for trisomies 2, 8, 9, 13, 14, 15, 16, 18, 21 and 22 and noncryptic segmental abnormalities by cfDNA testing. The extension of the indications for cfDNA testing to women with an increased risk of aneuploidy (other than T21) is also recommended.</t>
+  </si>
+  <si>
+    <t>09/26/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2024 11:18:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3545370/fr/examens-bases-sur-l-adn-libre-circulant-realises-dans-le-cadre-du-depistage-de-la-trisomie-21-opportunite-du-reperage-d-autres-anomalies-chromosomiques</t>
+    <t>https://www.has-sante.fr/jcms/p_3545370/en/tests-based-on-cell-free-dna-in-the-context-of-screening-for-trisomy-21-appropriateness-of-detecting-other-chromosomal-abnormalities</t>
   </si>
   <si>
     <t>p_3545370</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Improving information provision for pregnant women</t>
+  </si>
+  <si>
+    <t>To help health professionals inform pregnant women and their partners effectively so that they can make decisions about care in pregnancy and childbirth.</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...65 lines deleted...]
-    <t>GONADOTROPHINE CHORIONIQUE (gonadotrophine chorionique)</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>GONADOTROPHINE CHORIONIQUE ENDO (gonadotrophine chorionique)</t>
   </si>
   <si>
     <t>09/09/2022 16:47:41</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984478/fr/gonadotrophine-chorionique-gonadotrophine-chorionique</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984478/en/gonadotrophine-chorionique-endo-gonadotrophine-chorionique</t>
   </si>
   <si>
     <t>pprd_2984478</t>
   </si>
   <si>
     <t>gonadotrophine chorionique</t>
   </si>
   <si>
     <t>MSD FRANCE / IBSA Pharma S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_736986/fr/gonadotrophine-chorionique-endo-gonadotrophine-chorionique</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3358590/fr/gonadotrophine-chorionique-ibsa-gonadotrophine-chorionique-induction-de-l-ovulation-et-assistance-medicale-a-la-procreation</t>
+    <t>https://www.has-sante.fr/jcms/c_736986/en/gonadotrophine-chorionique-endo-gonadotrophine-chorionique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044646/en/gonadotrophine-chorionique-endo-chorionic-gonadotropin-ovulation-induction</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358590/en/gonadotrophine-chorionique-ibsa-gonadotrophine-chorionique-induction-de-l-ovulation-et-assistance-medicale-a-la-procreation</t>
   </si>
   <si>
     <t>MENOTROPHINE LG (gonadotrophine chorionique humaine)</t>
   </si>
   <si>
-    <t>29/01/2016 08:56:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984280/fr/menotrophine-lg-gonadotrophine-chorionique-humaine</t>
+    <t>01/29/2016 08:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984280/en/menotrophine-lg-gonadotrophine-chorionique-humaine</t>
   </si>
   <si>
     <t>pprd_2984280</t>
   </si>
   <si>
     <t>gonadotrophine chorionique humaine</t>
   </si>
   <si>
     <t>GENEVRIER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2583145/fr/menotrophine-lg-gonadotrophine-stimulant-de-l-ovulation</t>
+    <t>https://www.has-sante.fr/jcms/c_2583145/en/menotrophine-lg-gonadotrophin-ovulation-stimulant</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -381,388 +303,186 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:N3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>23</v>
+      </c>
+      <c r="J1" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1" t="s">
+        <v>25</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="B2" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="C2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="H2" t="s">
-        <v>28</v>
-[...46 lines deleted...]
-      <c r="A2" t="s">
         <v>30</v>
       </c>
-      <c r="B2" t="s">
+      <c r="I2" t="s">
         <v>31</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="J2" t="s">
         <v>32</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="K2" t="s">
         <v>33</v>
       </c>
-      <c r="H2" t="s">
+      <c r="L2" t="s">
         <v>34</v>
       </c>
-      <c r="I2" t="s">
+      <c r="M2" t="s">
+        <v>35</v>
+      </c>
+      <c r="N2" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B3" t="s">
         <v>36</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>37</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>38</v>
       </c>
       <c r="H3" t="s">
         <v>39</v>
       </c>
       <c r="I3" t="s">
-        <v>35</v>
-[...41 lines deleted...]
-      <c r="I1" t="s">
         <v>40</v>
       </c>
-      <c r="J1" t="s">
+      <c r="J3" t="s">
         <v>41</v>
       </c>
-      <c r="K1" t="s">
+      <c r="K3" t="s">
         <v>42</v>
-      </c>
-[...112 lines deleted...]
-        <v>66</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>