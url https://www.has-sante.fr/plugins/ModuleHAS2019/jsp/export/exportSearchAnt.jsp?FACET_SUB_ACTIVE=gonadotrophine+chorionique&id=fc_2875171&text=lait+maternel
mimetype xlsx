--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -9,95 +9,113 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>04/01/2005 00:10:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Comment mieux informer les femmes enceintes ?</t>
+  </si>
+  <si>
+    <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -107,101 +125,127 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>15</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>