--- v0 (2025-11-07)
+++ v1 (2025-12-24)
@@ -1,100 +1,121 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Medicament" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Medicament" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51" uniqueCount="35">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Maladie et syndrome de moyamoya de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d’une maladie ou d’un syndrome de Moyamoya.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>11/08/2016 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2660521/fr/maladie-et-syndrome-de-moyamoya-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2660521</t>
+  </si>
+  <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>GINKOR FORT (ginkgo biloba extrait standardisé/ heptaminol chlorhydrate/ troxérutine)</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>05/07/2006 11:26:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2985505/fr/ginkor-fort-ginkgo-biloba-extrait-standardise/-heptaminol-chlorhydrate/-troxerutine</t>
   </si>
   <si>
     <t>pprd_2985505</t>
   </si>
   <si>
     <t>ginkgo biloba extrait standardisé,heptaminol chlorhydrate,troxérutine</t>
   </si>
   <si>
     <t>BEAUFOUR IPSEN Pharma</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398957/fr/ginkor-fort-ginkgo-biloba-extrait-standardise/-heptaminol-chlorhydrate/-troxerutine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400479/fr/ginkor-fort-ginkgo-biloba-extrait-standardise/-heptaminol-chlorhydrate/-troxerutine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_460041/fr/ginkor-fort-ginkgo-biloba-extrait-standardise/-heptaminol-chlorhydrate/-troxerutine</t>
   </si>
@@ -141,165 +162,231 @@
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>15</v>
+      </c>
+      <c r="J1" t="s">
+        <v>16</v>
+      </c>
+      <c r="K1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" t="s">
+        <v>19</v>
+      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="M2" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="B3" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="H3" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="I3" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="J3" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="K3" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>