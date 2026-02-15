--- v0 (2025-11-07)
+++ v1 (2026-02-15)
@@ -1,1383 +1,237 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...5 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="243" uniqueCount="131">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="20">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé. Ce PNDS est limité à la maladie de Menkes et aux autres maladies métaboliques liées à des anomalies du métabolisme du cuivre, hors maladie de Wilson Il a été élaboré par le Centre de référence des maladies métaboliques de Nancy et Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>PERISOC, solution de cardioplégie / solution pour conservation d’organe</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>02/12/2024 14:18:00</t>
-[...203 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3290199/fr/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
+    <t>10/04/2021 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290199/en/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
   </si>
   <si>
     <t>p_3290199</t>
   </si>
   <si>
     <t>chlorure de sodium,chlorure de potassium,chlorure de magnésium hexahydraté,chlorure de calcium dihydraté,histidine,chlorhydrate d’histidine monohydraté,tryptophane,mannitol,acide α-cétoglutarique</t>
   </si>
   <si>
     <t>Laboratoire SERB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3287329/fr/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
-[...137 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400985/fr/np2-enfants-ap-hp-solution-pour-perfusion-flacons-en-verre-de-500-ml-cip-567-667-6</t>
+    <t>https://www.has-sante.fr/jcms/p_3287329/en/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...9 lines deleted...]
-      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="I2" t="s">
         <v>17</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="J2" t="s">
         <v>18</v>
       </c>
-      <c r="H3" t="s">
+      <c r="K2" t="s">
         <v>19</v>
-      </c>
-[...785 lines deleted...]
-        <v>130</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>