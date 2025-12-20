--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -1,83 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
-    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
-    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
-    <sheet name="Export Recommandation vaccinale" r:id="rId10" sheetId="8"/>
-    <sheet name="Export Medicament" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Études et Rapports" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="531" uniqueCount="322">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="555" uniqueCount="333">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -104,50 +107,413 @@
   <si>
     <t>p_3312383</t>
   </si>
   <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Évaluation de l’intérêt de limiter le dépistage néonatal de l’hyperplasie congénitale des surrénales aux nouveau-nés de plus de 32 semaines d’aménorrhée</t>
   </si>
   <si>
     <t>Au vu des données disponibles, le test de dépistage présente de très faibles performances, en particulier un taux très élevé de faux-positifs dans cette population. De plus, ces nouveau-nés, grands prématurés, sont pris en charge dans des services spécialisés et bénéficient d’une surveillance intensive qui permet d’écarter tout risque de ne pas diagnostiquer cette maladie chez un enfant qui en serait atteint.</t>
   </si>
   <si>
     <t>22/03/2017 00:00:00</t>
   </si>
   <si>
     <t>05/05/2017 11:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2579538/fr/evaluation-de-l-interet-de-limiter-le-depistage-neonatal-de-l-hyperplasie-congenitale-des-surrenales-aux-nouveau-nes-de-plus-de-32-semaines-d-amenorrhee</t>
   </si>
   <si>
     <t>c_2579538</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3578446</t>
+  </si>
+  <si>
+    <t>Syndrome de Cogan</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cogan. Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/04/2024 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503231/fr/syndrome-de-cogan</t>
+  </si>
+  <si>
+    <t>p_3503231</t>
+  </si>
+  <si>
+    <t>Artérite à Cellules Géantes (Horton)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/03/2024 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789359/fr/arterite-a-cellules-geantes-horton</t>
+  </si>
+  <si>
+    <t>c_2789359</t>
+  </si>
+  <si>
+    <t>Dysplasie broncho-pulmonaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient avec DBP constituée à 36 semaines d’APM. Il a été élaboré par le Centre de référence constitutif des maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/08/2023 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457610/fr/dysplasie-broncho-pulmonaire</t>
+  </si>
+  <si>
+    <t>p_3457610</t>
+  </si>
+  <si>
+    <t>Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cushing. Il a été élaboré par le Centre de Référence des maladies rares de la surrénale à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403771/fr/syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>p_3403771</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>Histiocytose langerhansienne (enfant de moins de 18 ans)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'histiocytose Langerhansienne. Il a été élaboré par le Centre de référence des Histiocytoses sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301927/fr/histiocytose-langerhansienne-enfant-de-moins-de-18-ans</t>
+  </si>
+  <si>
+    <t>p_3301927</t>
+  </si>
+  <si>
+    <t>Acromégalie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acromégalie. Il a été élaboré par le Centre de Référence des Maladies rares de l’Hypophyse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292767/fr/acromegalie</t>
+  </si>
+  <si>
+    <t>p_3292767</t>
+  </si>
+  <si>
+    <t>Sclérose Tubéreuse de Bourneville</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une Sclérose Tubéreuse de Bourneville. Il a été élaboré par le Centre de Référence des Epilepsies Rares du CHU de Lille et de Necker Enfants Malades à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/10/2021 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293728/fr/sclerose-tubereuse-de-bourneville</t>
+  </si>
+  <si>
+    <t>p_3293728</t>
+  </si>
+  <si>
+    <t>Phéochromocytomes et Paragangliomes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un phéochromocytome et/ou d'un paragangliome. Il a été élaboré par le Centre de référence des maladies rares des surrénales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292734/fr/pheochromocytomes-et-paragangliomes</t>
+  </si>
+  <si>
+    <t>p_3292734</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Adrénoleucodystrophie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Adrénoleucodystrophie. Il a été élaboré par le Centre de Référence Leucodystrophies et leuco-encéphalopathies rares et le Centre de Référence Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292277/fr/adrenoleucodystrophie</t>
+  </si>
+  <si>
+    <t>p_3292277</t>
+  </si>
+  <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Générique obésités de causes rares</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
+  </si>
+  <si>
+    <t>p_3280217</t>
+  </si>
+  <si>
+    <t>Hyperinsulinisme congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Hyperinsulinisme congénital. Il a été élaboré par les Filières de Santé Maladies Rares G2M et Firendo à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/10/2020 17:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3198985/fr/hyperinsulinisme-congenital</t>
+  </si>
+  <si>
+    <t>p_3198985</t>
+  </si>
+  <si>
+    <t>Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Pemphigoïde bulleuse. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636201/fr/pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_2636201</t>
+  </si>
+  <si>
+    <t>Artérite de Takayasu</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Artérite de Takayasu. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de référence des maladies vasculaires rares, de la filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), et de la filière maladies vasculaires rares avec atteinte multisystémique (FAVA-MULTI), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/04/2020 13:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148994/fr/arterite-de-takayasu</t>
+  </si>
+  <si>
+    <t>p_3148994</t>
+  </si>
+  <si>
+    <t>Holoprosencephalie (HPE) &amp; formes apparentées</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d’holoprosencéphalie (HPE) et/ou d’une microforme d’HPE (sans anomalie cérébrale). Il a été élaboré par les Centres de Référence CLAD Ouest et CRDI à l’aide d’une méthodologie proposée par la HAS.</t>
+  </si>
+  <si>
+    <t>26/12/2018 16:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2895029/fr/holoprosencephalie-hpe-formes-apparentees</t>
+  </si>
+  <si>
+    <t>c_2895029</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de pemphigus.</t>
+  </si>
+  <si>
+    <t>11/06/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636265/fr/maladies-bulleuses-auto-immunes-pemphigus</t>
+  </si>
+  <si>
+    <t>c_2636265</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Syndrome de Cohen</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole est d’expliquer aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle ainsi que le parcours de soins pour cette maladie rare.</t>
+  </si>
+  <si>
+    <t>29/11/2017 10:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2807912/fr/syndrome-de-cohen</t>
+  </si>
+  <si>
+    <t>c_2807912</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Hyperplasie congénitale des surrénales</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé susceptibles de les prendre en charge la prise en charge optimale et le parcours de soins des patients atteints d'hyperplasie congénitale des surrénales par déficit en 21-hydroxylase.</t>
+  </si>
+  <si>
+    <t>01/04/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2011 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058546/fr/ald-hors-liste-hyperplasie-congenitale-des-surrenales</t>
+  </si>
+  <si>
+    <t>c_1058546</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
+  </si>
+  <si>
+    <t>17/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2008 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722917/fr/ald-hors-liste-syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>c_722917</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prise en charge péri-opératoire du patient adulte lors d’une résection hépatique</t>
   </si>
   <si>
     <t>L’objectif de ces recommandations est de produire un cadre facilitant la prise en charge péri-opératoire du patient adulte dans le cadre d'une chirurgie de résection hépatique.</t>
   </si>
   <si>
     <t>11/09/2025 00:00:00</t>
   </si>
   <si>
     <t>15/09/2025 09:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3592435/fr/prise-en-charge-peri-operatoire-du-patient-adulte-lors-d-une-resection-hepatique</t>
   </si>
   <si>
     <t>p_3592435</t>
   </si>
   <si>
     <t>Prise en charge du sepsis du nouveau-né, de l’enfant et de l’adulte : recommandations pour un parcours de soins intégré</t>
   </si>
   <si>
     <t>L'ensemble des acteurs concernés par la prise en charge du sepsis ont élaboré des recommandations dans le but d’améliorer le pronostic du sepsis par l’intermédiaire d’un parcours de soins intégré impliquant la ville et l’hôpital et couvrant la prévention, le dépistage, le diagnostic, le traitement et la réintégration socioprofessionnelle des patients. Ainsi, ce projet coordonné par la Société de réanimation de langue française a été réalisé grâce à la collaboration d’une quinzaine de sociétés savantes avec l’accompagnement de la HAS, qui s’inscrit dans le cadre de la labellisation par la HAS d’une recommandation de bonne pratique.</t>
@@ -215,398 +581,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3067854/fr/prevention-et-prise-en-charge-des-effets-indesirables-pouvant-survenir-apres-une-ponction-lombaire</t>
   </si>
   <si>
     <t>p_3067854</t>
   </si>
   <si>
     <t>Polyarthrite rhumatoïde : aspects thérapeutiques hors médicaments et chirurgie - aspects médico-sociaux et organisationnels</t>
   </si>
   <si>
     <t>L'objectif de ces recommandations est de répondre aux questions suivantes :# 1. Quelles sont les indications des différentes prises en charge non médicamenteuses pour le traitement des patients atteints de polyarthrite rhumatoïde ? Sont envisagés les traitements physiques et de réadaptation (kinésithérapie, balnéothérapie et thermalisme, ergothérapie, pédicurie-podologie, appareillage), l'éducation thérapeutique du patient, les prises en charge psychologiques, les autres traitements non médicamenteux (acupuncture, régimes diététiques, ostéopathie) ainsi que les prises en charge sociale et professionnelle.# 2. Quelle est la stratégie thérapeutique à adopter ? Est envisagée la place des différentes techniques entre elles en fonction de l’activité et du stade d’évolution de la polyarthrite rhumatoïde.# 3. Quelles sont les stratégies de prise en charge sociale et professionnelle à adopter ? Sont envisagées la place de la médecine du travail, celle des aides sociales et celle des associations de patients.# Ces recommandations sont complétées par des séries de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
   </si>
   <si>
     <t>07/03/2007 00:00:00</t>
   </si>
   <si>
     <t>21/05/2007 15:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
   </si>
   <si>
     <t>c_533480</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...346 lines deleted...]
-  <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections respiratoires basses</t>
   </si>
   <si>
     <t>Technique d’amplification des acides nucléiques, TAAN, panel multiplex, panel quadriplex, pneumonie aiguë communautaire, bronchite aiguë, exacerbations aiguës de BPCO, bronchiolite aiguë du nourrisson</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
     <t>23/12/2024 10:11:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3573729/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-respiratoires-basses</t>
   </si>
   <si>
     <t>p_3573729</t>
   </si>
   <si>
     <t>Intérêt de l’angiomammographie double énergie dans la stratégie diagnostique du cancer du sein - Rapport d'évaluation</t>
   </si>
   <si>
     <t>La HAS a évalué l’acte d’angiomammographie dans la stratégie diagnostique du cancer du sein afin d’émettre un avis sur son inscription à la classification commune des actes médicaux. Le rapport d’évaluation de la HAS, destiné aux radiologues, aux sénologues et à l’Assurance maladie, a pour objectifs d’évaluer les performances diagnostiques de l’angiomammographie en comparaison à l’IRM dans certaines de ses indications (impasses diagnostiques, bilan d’extension, évaluation de la réponse à la chimiothérapie néoadjuvante) ainsi que les aspects sécuritaires (réactions à l’injection d’iode, exposition aux rayonnements ionisants), l’impact sur la thérapeutique et les aspects organisationnels.</t>
@@ -774,50 +792,68 @@
     <t>12/02/2014 18:23:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1723927/fr/commission-de-la-transparence-reunion-du-19-fevrier-2014</t>
   </si>
   <si>
     <t>c_1723927</t>
   </si>
   <si>
     <t>Avis et décisions de la HAS</t>
   </si>
   <si>
     <t>AVIS N° 2016.0025/AC/SEM du 16 mars 2016 du collège de la Haute Autorité de Santé en vue de l'inscription sur la liste prévue à l'article L.5123-2 du code de la santé publique de la spécialité KEYTRUDA (pembrolizumab) dans le traitement du mélanome avancé (non résécable ou métastatique)</t>
   </si>
   <si>
     <t>16/03/2016 10:55:00</t>
   </si>
   <si>
     <t>29/03/2016 13:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2620216/fr/avis-n-2016-0025/ac/sem-du-16-mars-2016-du-college-de-la-haute-autorite-de-sante-en-vue-de-l-inscription-sur-la-liste-prevue-a-l-article-l-5123-2-du-code-de-la-sante-publique-de-la-specialite-keytruda-pembrolizumab-dans-le-traitement-du-melanome-avance-non-resecable-ou-metastatique</t>
   </si>
   <si>
     <t>c_2620216</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Structuration de la posologie des médicaments</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de proposer un référentiel des besoins métier centré sur la posologie des médicaments que devra couvrir notamment l’ordonnance numérique portée par la CNAM. Ce référentiel constitue le socle d’un futur guide d’implémentation élaboré par l'ANS en lien avec Interop'Santé à destination des éditeurs de logiciels médicaux. Cette étape précèdera la mise en application fonctionnelle de posologies structurées via l’ergonomie des logiciels.</t>
+  </si>
+  <si>
+    <t>17/11/2025 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555137/fr/structuration-de-la-posologie-des-medicaments</t>
+  </si>
+  <si>
+    <t>p_3555137</t>
   </si>
   <si>
     <t>Recommandation vaccinale</t>
   </si>
   <si>
     <t>Vaccination contre la grippe saisonnière des personnes de 65 ans et plus. Place des vaccins Efluelda et Fluad</t>
   </si>
   <si>
     <t>La HAS émet une recommandation d’utilisation préférentielle des vaccins Efluelda et Fluad chez les personnes de 65 ans et plus par rapport aux vaccins à dose standard disponibles dans cette population, dans le cadre de la stratégie vaccinale française vis-à-vis de la grippe saisonnière. La HAS positionne de manière équivalente les vaccins adjuvantés et hautement dosés.</t>
   </si>
   <si>
     <t>10/04/2025 00:00:00</t>
   </si>
   <si>
     <t>09/05/2025 11:38:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3604446/fr/vaccination-contre-la-grippe-saisonniere-des-personnes-de-65-ans-et-plus-place-des-vaccins-efluelda-et-fluad</t>
   </si>
   <si>
     <t>p_3604446</t>
   </si>
   <si>
     <t>Utilisation du vaccin Fluad Tetra dans la stratégie de vaccination contre la grippe saisonnière chez les personnes de 65 ans et plus</t>
   </si>
@@ -1044,51 +1080,51 @@
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -1109,50 +1145,357 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>271</v>
+      </c>
+      <c r="J1" t="s">
+        <v>272</v>
+      </c>
+      <c r="K1" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>274</v>
+      </c>
+      <c r="B2" t="s">
+        <v>275</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>276</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>277</v>
+      </c>
+      <c r="H2" t="s">
+        <v>278</v>
+      </c>
+      <c r="I2" t="s">
+        <v>279</v>
+      </c>
+      <c r="J2" t="s">
+        <v>280</v>
+      </c>
+      <c r="K2" t="s">
+        <v>281</v>
+      </c>
+      <c r="L2" t="s">
+        <v>282</v>
+      </c>
+      <c r="M2" t="s">
+        <v>283</v>
+      </c>
+      <c r="N2" t="s">
+        <v>284</v>
+      </c>
+      <c r="O2" t="s">
+        <v>285</v>
+      </c>
+      <c r="P2" t="s">
+        <v>286</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>287</v>
+      </c>
+      <c r="R2" t="s">
+        <v>288</v>
+      </c>
+      <c r="S2" t="s">
+        <v>289</v>
+      </c>
+      <c r="T2" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>274</v>
+      </c>
+      <c r="B3" t="s">
+        <v>291</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>292</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>293</v>
+      </c>
+      <c r="H3" t="s">
+        <v>294</v>
+      </c>
+      <c r="I3" t="s">
+        <v>295</v>
+      </c>
+      <c r="J3" t="s">
+        <v>296</v>
+      </c>
+      <c r="K3" t="s">
+        <v>297</v>
+      </c>
+      <c r="L3" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>274</v>
+      </c>
+      <c r="B4" t="s">
+        <v>299</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>300</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>301</v>
+      </c>
+      <c r="H4" t="s">
+        <v>302</v>
+      </c>
+      <c r="I4" t="s">
+        <v>303</v>
+      </c>
+      <c r="J4" t="s">
+        <v>304</v>
+      </c>
+      <c r="K4" t="s">
+        <v>305</v>
+      </c>
+      <c r="L4" t="s">
+        <v>306</v>
+      </c>
+      <c r="M4" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>274</v>
+      </c>
+      <c r="B5" t="s">
+        <v>308</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>309</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>310</v>
+      </c>
+      <c r="H5" t="s">
+        <v>311</v>
+      </c>
+      <c r="I5" t="s">
+        <v>312</v>
+      </c>
+      <c r="J5" t="s">
+        <v>313</v>
+      </c>
+      <c r="K5" t="s">
+        <v>314</v>
+      </c>
+      <c r="L5" t="s">
+        <v>315</v>
+      </c>
+      <c r="M5" t="s">
+        <v>316</v>
+      </c>
+      <c r="N5" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>274</v>
+      </c>
+      <c r="B6" t="s">
+        <v>318</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>319</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>320</v>
+      </c>
+      <c r="H6" t="s">
+        <v>321</v>
+      </c>
+      <c r="I6" t="s">
+        <v>322</v>
+      </c>
+      <c r="J6" t="s">
+        <v>323</v>
+      </c>
+      <c r="K6" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>274</v>
+      </c>
+      <c r="B7" t="s">
+        <v>325</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>326</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>327</v>
+      </c>
+      <c r="H7" t="s">
+        <v>328</v>
+      </c>
+      <c r="I7" t="s">
+        <v>329</v>
+      </c>
+      <c r="J7" t="s">
+        <v>330</v>
+      </c>
+      <c r="K7" t="s">
+        <v>331</v>
+      </c>
+      <c r="L7" t="s">
+        <v>332</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -1181,1744 +1524,1529 @@
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>21</v>
       </c>
       <c r="H2" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H25"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C2" t="s">
+        <v>25</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>26</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" t="s">
+        <v>35</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>36</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>37</v>
+      </c>
+      <c r="H4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>41</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>23</v>
+      </c>
+      <c r="B6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>46</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H6" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C7" t="s">
+        <v>50</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>51</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>52</v>
+      </c>
+      <c r="H7" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>23</v>
+      </c>
+      <c r="B8" t="s">
+        <v>54</v>
+      </c>
+      <c r="C8" t="s">
+        <v>55</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>56</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>57</v>
+      </c>
+      <c r="H8" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C9" t="s">
+        <v>60</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>56</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>61</v>
+      </c>
+      <c r="H9" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" t="s">
+        <v>63</v>
+      </c>
+      <c r="C10" t="s">
+        <v>64</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>65</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>66</v>
+      </c>
+      <c r="H10" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>23</v>
+      </c>
+      <c r="B11" t="s">
+        <v>68</v>
+      </c>
+      <c r="C11" t="s">
+        <v>69</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>70</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>71</v>
+      </c>
+      <c r="H11" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>23</v>
+      </c>
+      <c r="B12" t="s">
+        <v>73</v>
+      </c>
+      <c r="C12" t="s">
+        <v>74</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>75</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>76</v>
+      </c>
+      <c r="H12" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>23</v>
+      </c>
+      <c r="B13" t="s">
+        <v>78</v>
+      </c>
+      <c r="C13" t="s">
+        <v>79</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>80</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>81</v>
+      </c>
+      <c r="H13" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>23</v>
+      </c>
+      <c r="B14" t="s">
+        <v>83</v>
+      </c>
+      <c r="C14" t="s">
+        <v>84</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>80</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>85</v>
+      </c>
+      <c r="H14" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>23</v>
+      </c>
+      <c r="B15" t="s">
+        <v>87</v>
+      </c>
+      <c r="C15" t="s">
+        <v>88</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>89</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>90</v>
+      </c>
+      <c r="H15" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>23</v>
+      </c>
+      <c r="B16" t="s">
+        <v>92</v>
+      </c>
+      <c r="C16" t="s">
+        <v>93</v>
+      </c>
+      <c r="D16" t="s">
+        <v>89</v>
+      </c>
+      <c r="E16" t="s">
+        <v>94</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>95</v>
+      </c>
+      <c r="H16" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>23</v>
+      </c>
+      <c r="B17" t="s">
+        <v>97</v>
+      </c>
+      <c r="C17" t="s">
+        <v>98</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>99</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>100</v>
+      </c>
+      <c r="H17" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>23</v>
+      </c>
+      <c r="B18" t="s">
+        <v>102</v>
+      </c>
+      <c r="C18" t="s">
+        <v>103</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>104</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>105</v>
+      </c>
+      <c r="H18" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>23</v>
+      </c>
+      <c r="B19" t="s">
+        <v>107</v>
+      </c>
+      <c r="C19" t="s">
+        <v>108</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>109</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>110</v>
+      </c>
+      <c r="H19" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>23</v>
+      </c>
+      <c r="B20" t="s">
+        <v>112</v>
+      </c>
+      <c r="C20" t="s">
+        <v>113</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>114</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>115</v>
+      </c>
+      <c r="H20" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>23</v>
+      </c>
+      <c r="B21" t="s">
+        <v>117</v>
+      </c>
+      <c r="C21" t="s">
+        <v>118</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>119</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>120</v>
+      </c>
+      <c r="H21" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B22" t="s">
+        <v>122</v>
+      </c>
+      <c r="C22" t="s">
+        <v>123</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>124</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>125</v>
+      </c>
+      <c r="H22" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>23</v>
+      </c>
+      <c r="B23" t="s">
+        <v>127</v>
+      </c>
+      <c r="C23" t="s">
+        <v>128</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>129</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>130</v>
+      </c>
+      <c r="H23" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>23</v>
+      </c>
+      <c r="B24" t="s">
+        <v>132</v>
+      </c>
+      <c r="C24" t="s">
+        <v>133</v>
+      </c>
+      <c r="D24" t="s">
+        <v>134</v>
+      </c>
+      <c r="E24" t="s">
+        <v>135</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>136</v>
+      </c>
+      <c r="H24" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>23</v>
+      </c>
+      <c r="B25" t="s">
+        <v>138</v>
+      </c>
+      <c r="C25" t="s">
+        <v>139</v>
+      </c>
+      <c r="D25" t="s">
+        <v>140</v>
+      </c>
+      <c r="E25" t="s">
+        <v>141</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>142</v>
+      </c>
+      <c r="H25" t="s">
+        <v>143</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>23</v>
+        <v>144</v>
       </c>
       <c r="B2" t="s">
-        <v>24</v>
+        <v>145</v>
       </c>
       <c r="C2" t="s">
-        <v>25</v>
+        <v>146</v>
       </c>
       <c r="D2" t="s">
-        <v>26</v>
+        <v>147</v>
       </c>
       <c r="E2" t="s">
-        <v>27</v>
+        <v>148</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>28</v>
+        <v>149</v>
       </c>
       <c r="H2" t="s">
-        <v>29</v>
+        <v>150</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>23</v>
+        <v>144</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>151</v>
       </c>
       <c r="C3" t="s">
-        <v>31</v>
+        <v>152</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>153</v>
       </c>
       <c r="E3" t="s">
-        <v>33</v>
+        <v>154</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>34</v>
+        <v>155</v>
       </c>
       <c r="H3" t="s">
-        <v>35</v>
+        <v>156</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>23</v>
+        <v>144</v>
       </c>
       <c r="B4" t="s">
-        <v>36</v>
+        <v>157</v>
       </c>
       <c r="C4" t="s">
-        <v>37</v>
+        <v>158</v>
       </c>
       <c r="D4" t="s">
-        <v>38</v>
+        <v>159</v>
       </c>
       <c r="E4" t="s">
-        <v>39</v>
+        <v>160</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>40</v>
+        <v>161</v>
       </c>
       <c r="H4" t="s">
-        <v>41</v>
+        <v>162</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>23</v>
+        <v>144</v>
       </c>
       <c r="B5" t="s">
-        <v>42</v>
+        <v>163</v>
       </c>
       <c r="C5" t="s">
-        <v>43</v>
+        <v>164</v>
       </c>
       <c r="D5" t="s">
-        <v>44</v>
+        <v>165</v>
       </c>
       <c r="E5" t="s">
-        <v>45</v>
+        <v>166</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>46</v>
+        <v>167</v>
       </c>
       <c r="H5" t="s">
-        <v>47</v>
+        <v>168</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>23</v>
+        <v>144</v>
       </c>
       <c r="B6" t="s">
-        <v>48</v>
+        <v>169</v>
       </c>
       <c r="C6" t="s">
-        <v>49</v>
+        <v>170</v>
       </c>
       <c r="D6" t="s">
-        <v>50</v>
+        <v>171</v>
       </c>
       <c r="E6" t="s">
-        <v>51</v>
+        <v>172</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>52</v>
+        <v>173</v>
       </c>
       <c r="H6" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>23</v>
+        <v>144</v>
       </c>
       <c r="B7" t="s">
-        <v>54</v>
+        <v>175</v>
       </c>
       <c r="C7" t="s">
-        <v>55</v>
+        <v>176</v>
       </c>
       <c r="D7" t="s">
-        <v>56</v>
+        <v>177</v>
       </c>
       <c r="E7" t="s">
-        <v>57</v>
+        <v>178</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>58</v>
+        <v>179</v>
       </c>
       <c r="H7" t="s">
-        <v>59</v>
-[...637 lines deleted...]
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="B2" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="C2" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="D2" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="E2" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="H2" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="B3" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="C3" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="D3" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="E3" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="H3" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="B4" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="C4" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="D4" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="E4" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="H4" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="B5" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="C5" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="D5" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="E5" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="H5" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="B6" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="C6" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="D6" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="E6" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="H6" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="B7" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="C7" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="D7" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="E7" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="H7" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="B8" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="E8" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="H8" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="B2" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="H2" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="I2" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="B3" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="H3" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="I3" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="B4" t="s">
+        <v>234</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>235</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>236</v>
+      </c>
+      <c r="H4" t="s">
+        <v>237</v>
+      </c>
+      <c r="I4" t="s">
         <v>229</v>
-      </c>
-[...19 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="B5" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="H5" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="I5" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="B6" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="H6" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="I6" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="B2" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="E2" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="H2" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>252</v>
+      </c>
+      <c r="B2" t="s">
+        <v>253</v>
+      </c>
+      <c r="C2" t="s">
+        <v>254</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>255</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>256</v>
+      </c>
+      <c r="H2" t="s">
+        <v>257</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>247</v>
+        <v>258</v>
       </c>
       <c r="B2" t="s">
-        <v>248</v>
+        <v>259</v>
       </c>
       <c r="C2" t="s">
-        <v>249</v>
+        <v>260</v>
       </c>
       <c r="D2" t="s">
-        <v>250</v>
+        <v>261</v>
       </c>
       <c r="E2" t="s">
-        <v>251</v>
+        <v>262</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>252</v>
+        <v>263</v>
       </c>
       <c r="H2" t="s">
-        <v>253</v>
+        <v>264</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>247</v>
+        <v>258</v>
       </c>
       <c r="B3" t="s">
-        <v>254</v>
+        <v>265</v>
       </c>
       <c r="C3" t="s">
-        <v>255</v>
+        <v>266</v>
       </c>
       <c r="D3" t="s">
-        <v>256</v>
+        <v>267</v>
       </c>
       <c r="E3" t="s">
-        <v>257</v>
+        <v>268</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>258</v>
+        <v>269</v>
       </c>
       <c r="H3" t="s">
-        <v>259</v>
+        <v>270</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...305 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>