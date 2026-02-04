--- v1 (2025-12-20)
+++ v2 (2026-02-04)
@@ -36,51 +36,51 @@
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Études et Rapports" r:id="rId10" sheetId="8"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId11" sheetId="9"/>
     <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="555" uniqueCount="333">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="564" uniqueCount="338">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -110,50 +110,68 @@
   <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Évaluation de l’intérêt de limiter le dépistage néonatal de l’hyperplasie congénitale des surrénales aux nouveau-nés de plus de 32 semaines d’aménorrhée</t>
   </si>
   <si>
     <t>Au vu des données disponibles, le test de dépistage présente de très faibles performances, en particulier un taux très élevé de faux-positifs dans cette population. De plus, ces nouveau-nés, grands prématurés, sont pris en charge dans des services spécialisés et bénéficient d’une surveillance intensive qui permet d’écarter tout risque de ne pas diagnostiquer cette maladie chez un enfant qui en serait atteint.</t>
   </si>
   <si>
     <t>22/03/2017 00:00:00</t>
   </si>
   <si>
     <t>05/05/2017 11:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2579538/fr/evaluation-de-l-interet-de-limiter-le-depistage-neonatal-de-l-hyperplasie-congenitale-des-surrenales-aux-nouveau-nes-de-plus-de-32-semaines-d-amenorrhee</t>
   </si>
   <si>
     <t>c_2579538</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Pemphigus</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de pemphigus. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2026 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636265/fr/pemphigus</t>
+  </si>
+  <si>
+    <t>c_2636265</t>
+  </si>
+  <si>
     <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/12/2025 11:07:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>p_3761395</t>
   </si>
   <si>
     <t>Purpura thrombopénique immunologique de l’adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/02/2025 14:17:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
@@ -389,65 +407,50 @@
   <si>
     <t>23/04/2020 13:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148994/fr/arterite-de-takayasu</t>
   </si>
   <si>
     <t>p_3148994</t>
   </si>
   <si>
     <t>Holoprosencephalie (HPE) &amp; formes apparentées</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d’holoprosencéphalie (HPE) et/ou d’une microforme d’HPE (sans anomalie cérébrale). Il a été élaboré par les Centres de Référence CLAD Ouest et CRDI à l’aide d’une méthodologie proposée par la HAS.</t>
   </si>
   <si>
     <t>26/12/2018 16:59:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2895029/fr/holoprosencephalie-hpe-formes-apparentees</t>
   </si>
   <si>
     <t>c_2895029</t>
   </si>
   <si>
-    <t>Maladies bulleuses auto-immunes : Pemphigus</t>
-[...13 lines deleted...]
-  <si>
     <t>Sclérodermie Systémique</t>
   </si>
   <si>
     <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
   </si>
   <si>
     <t>04/04/2018 17:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
   </si>
   <si>
     <t>c_717292</t>
   </si>
   <si>
     <t>Syndrome de Cohen</t>
   </si>
   <si>
     <t>L’objectif de ce protocole est d’expliquer aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle ainsi que le parcours de soins pour cette maladie rare.</t>
   </si>
   <si>
     <t>29/11/2017 10:07:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2807912/fr/syndrome-de-cohen</t>
@@ -713,63 +716,75 @@
   <si>
     <t>c_1318289</t>
   </si>
   <si>
     <t>Quels niveaux d'environnements techniques pour la réalisation d'actes interventionnels ?</t>
   </si>
   <si>
     <t>16/12/2010 00:00:00</t>
   </si>
   <si>
     <t>14/03/2011 11:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1024762/fr/quels-niveaux-d-environnements-techniques-pour-la-realisation-d-actes-interventionnels</t>
   </si>
   <si>
     <t>c_1024762</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
+    <t>Commission de la transparence - Réunion du 4 février 2026</t>
+  </si>
+  <si>
+    <t>29/01/2026 11:51:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3840663/fr/commission-de-la-transparence-reunion-du-4-fevrier-2026</t>
+  </si>
+  <si>
+    <t>p_3840663</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
     <t>Commission de la transparence - Réunion du 24 avril 2024</t>
   </si>
   <si>
     <t>17/04/2024 10:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3508632/fr/commission-de-la-transparence-reunion-du-24-avril-2024</t>
   </si>
   <si>
     <t>p_3508632</t>
-  </si>
-[...1 lines deleted...]
-    <t>Commission</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 22 mars 2023</t>
   </si>
   <si>
     <t>17/03/2023 14:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3421918/fr/commission-de-la-transparence-reunion-du-22-mars-2023</t>
   </si>
   <si>
     <t>p_3421918</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 15 mars 2023</t>
   </si>
   <si>
     <t>09/03/2023 16:17:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3419579/fr/commission-de-la-transparence-reunion-du-15-mars-2023</t>
   </si>
   <si>
     <t>p_3419579</t>
   </si>
@@ -1183,315 +1198,315 @@
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="J1" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="K1" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="B2" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="H2" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="I2" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="J2" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="K2" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="L2" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="M2" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="N2" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="O2" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="P2" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="Q2" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="R2" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="S2" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="T2" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="B3" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="H3" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="I3" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="J3" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
       <c r="K3" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="L3" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="B4" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="H4" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="I4" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="J4" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="K4" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="L4" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="M4" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="B5" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="H5" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="I5" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="J5" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="K5" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="L5" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="M5" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="N5" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="B6" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="H6" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="I6" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="J6" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="K6" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="B7" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="H7" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="I7" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="J7" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="K7" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="L7" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -1567,1486 +1582,1515 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>23</v>
       </c>
       <c r="B2" t="s">
         <v>24</v>
       </c>
       <c r="C2" t="s">
         <v>25</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="E2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="H2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>23</v>
       </c>
       <c r="B3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>23</v>
       </c>
       <c r="B4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>23</v>
       </c>
       <c r="B5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>23</v>
       </c>
       <c r="B6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>23</v>
       </c>
       <c r="B7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C7" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>23</v>
       </c>
       <c r="B8" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C8" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H8" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>23</v>
       </c>
       <c r="B9" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C9" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H9" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>23</v>
       </c>
       <c r="B10" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C10" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H10" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>23</v>
       </c>
       <c r="B11" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C11" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H11" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>23</v>
       </c>
       <c r="B12" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C12" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H12" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>23</v>
       </c>
       <c r="B13" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C13" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H13" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>23</v>
       </c>
       <c r="B14" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C14" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="H14" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>23</v>
       </c>
       <c r="B15" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C15" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="H15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>23</v>
       </c>
       <c r="B16" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C16" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D16" t="s">
-        <v>89</v>
+        <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H16" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>23</v>
       </c>
       <c r="B17" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C17" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D17" t="s">
-        <v>13</v>
+        <v>95</v>
       </c>
       <c r="E17" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H17" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>23</v>
       </c>
       <c r="B18" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C18" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="H18" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>23</v>
       </c>
       <c r="B19" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C19" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H19" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>23</v>
       </c>
       <c r="B20" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C20" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="H20" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>23</v>
       </c>
       <c r="B21" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C21" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="H21" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>23</v>
       </c>
       <c r="B22" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C22" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="H22" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>23</v>
       </c>
       <c r="B23" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C23" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="H23" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C24" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D24" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E24" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="H24" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>23</v>
       </c>
       <c r="B25" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C25" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D25" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E25" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="H25" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="H2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B3" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C3" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D3" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E3" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="H3" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B4" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C4" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D4" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E4" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="H4" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B5" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C5" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D5" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E5" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="H5" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B6" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C6" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D6" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E6" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="H6" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B7" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C7" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D7" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E7" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="H7" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D2" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="H2" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C3" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D3" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E3" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="H3" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B4" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C4" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D4" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E4" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="H4" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B5" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D5" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E5" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="H5" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B6" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C6" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D6" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E6" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="H6" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B7" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C7" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D7" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E7" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="H7" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B8" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E8" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="H8" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I6"/>
+  <dimension ref="A1:I7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B2" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="H2" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="I2" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B3" t="s">
+        <v>231</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>232</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>233</v>
+      </c>
+      <c r="H3" t="s">
+        <v>234</v>
+      </c>
+      <c r="I3" t="s">
         <v>230</v>
-      </c>
-[...19 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B4" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="H4" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="I4" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B5" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="H5" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="I5" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B6" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="H6" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="I6" t="s">
-        <v>229</v>
+        <v>230</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>225</v>
+      </c>
+      <c r="B7" t="s">
+        <v>247</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>248</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>249</v>
+      </c>
+      <c r="H7" t="s">
+        <v>250</v>
+      </c>
+      <c r="I7" t="s">
+        <v>230</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="B2" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="E2" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="H2" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="B2" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="C2" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="H2" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="B2" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="C2" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="D2" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="E2" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="H2" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="B3" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="C3" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="D3" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="E3" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="H3" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>