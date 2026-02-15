--- v0 (2025-12-08)
+++ v1 (2026-02-15)
@@ -1,562 +1,1029 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Medicament" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="183" uniqueCount="108">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 juin 2025</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>18/06/2025 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3610301/fr/commission-de-la-transparence-reunion-du-25-juin-2025</t>
+  </si>
+  <si>
+    <t>p_3610301</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 octobre 2013</t>
+  </si>
+  <si>
+    <t>02/10/2013 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1649658/fr/commission-de-la-transparence-reunion-du-2-octobre-2013</t>
+  </si>
+  <si>
+    <t>c_1649658</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 octobre 2009</t>
+  </si>
+  <si>
+    <t>07/10/2009 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_858388/fr/commission-de-la-transparence-reunion-du-7-octobre-2009</t>
+  </si>
+  <si>
+    <t>c_858388</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>PANZYGA (immunoglobuline humaine normale (plasmatique))</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983868/en/panzyga-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>10/07/2025 15:45:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983868/fr/panzyga-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>pprd_2983868</t>
   </si>
   <si>
     <t>immunoglobuline humaine normale (plasmatique)</t>
   </si>
   <si>
     <t>OCTAPHARMA FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2682145/en/panzyga-immunoglobuline-humaine-normale-plasmatique</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3634950/en/panzyga-normal-human-immunoglobulin-immunoglobulin</t>
+    <t>https://www.has-sante.fr/jcms/c_2682145/fr/panzyga-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634950/fr/panzyga-immunoglobuline-humaine-normale-immunoglobulines</t>
+  </si>
+  <si>
+    <t>CUVITRU (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>05/03/2025 18:58:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983142/fr/cuvitru-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2983142</t>
+  </si>
+  <si>
+    <t>TAKEDA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867481/fr/cuvitru-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3399879/fr/cuvitru-immunoglobuline-humaine-normale-deficit-immunitaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592810/fr/cuvitru-immunoglobuline-humaine-normale-immunoglobuline</t>
   </si>
   <si>
     <t>HYQVIA (immunoglobuline humaine normale (plasmatique))</t>
   </si>
   <si>
-    <t>03/05/2025 18:58:28</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983419/en/hyqvia-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983419/fr/hyqvia-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>pprd_2983419</t>
   </si>
   <si>
     <t>TAKEDA FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2823770/en/hyqvia-normal-human-immunoglobulin-multi-purpose-immunoglobulin-combined-with-recombinant-human-hyaluronidase</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3594402/en/hyqvia-human-normal-immunoglobulin-chronic-inflammatory-demyelinating-neuropathy-cidp</t>
+    <t>https://www.has-sante.fr/jcms/c_2823770/fr/hyqvia-immunoglobuline-humaine-normale-immunoglobuline-humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559091/fr/hyqvia-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3480473/fr/hyqvia-immunoglobuline-humaine-normale-co-administree-avec-la-hyaluronidase-humaine-recombinante-immunoglobuline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594402/fr/hyqvia-immunoglobuline-humaine-normale-plasmatique-polyradiculonevrite-inflammatoire-demyelinisante-chronique-pidc</t>
+  </si>
+  <si>
+    <t>GAMMANORM (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>02/10/2018 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983099/fr/gammanorm-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2983099</t>
+  </si>
+  <si>
+    <t>OCTAPHARMA  SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1766761/fr/gammanorm-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873710/fr/gammanorm-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400238/fr/gammanorm-165-mg/ml-solution-injectable-1-ampoule-s-en-verre-de-10-ml-code-cip-565-109-6-gammanorm-165-mg/ml-solution-injectable-10-ampoule-s-en-verre-de-10-ml-code-cip-565-110-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400308/fr/gammanorm-165-mg/ml-solution-injectable-1-ampoule-s-en-verre-de-10-ml-code-cip-565-109-6-gammanorm-165-mg/ml-solution-injectable-10-ampoule-s-en-verre-de-10-ml-code-cip-565-110-4</t>
   </si>
   <si>
     <t>TEGELINE (immunoglobuline humaine normale (plasmatique))</t>
   </si>
   <si>
-    <t>09/27/2016 17:24:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983986/en/tegeline-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>27/09/2016 17:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983986/fr/tegeline-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>pprd_2983986</t>
   </si>
   <si>
     <t>LFB-BIOMEDICAMENTS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399073/en/tegeline-50mg/ml-poudre-et-solvant-pour-solution-pour-perfusion-immunoglobuline-humaine-normale-plasmatique</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2661722/en/tegeline-normal-human-immunoglobulin-iv-polyvalent-human-immunoglobulin</t>
+    <t>https://www.has-sante.fr/jcms/c_399073/fr/tegeline-50mg/ml-poudre-et-solvant-pour-solution-pour-perfusion-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538439/fr/tegeline-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928148/fr/tegeline-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2661722/fr/tegeline-immunoglobuline-humaine-normale-immunoglobuline-humaine-polyvalente-iv</t>
+  </si>
+  <si>
+    <t>TECTASIM (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>12/03/2015 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984596/fr/tectasim-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2984596</t>
+  </si>
+  <si>
+    <t>BIOTEST PHARMA GMBH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2018888/fr/tectasim-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>PRIVIGEN (immunoglobuline humaine normale (plasmatique))</t>
   </si>
   <si>
-    <t>03/05/2014 17:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984872/en/privigen-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>05/03/2014 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984872/fr/privigen-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>pprd_2984872</t>
   </si>
   <si>
     <t>CSL BEHRING SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_697321/en/privigen-immunoglobuline-humaine-normale-plasmatique</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1701300/en/privigen-immunoglobuline-humaine-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>https://www.has-sante.fr/jcms/c_697321/fr/privigen-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1671506/fr/privigen-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701300/fr/privigen-immunoglobuline-humaine-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>SUBCUVIA (immunoglobuline humaine normale (plasmatique))</t>
   </si>
   <si>
     <t>06/06/2011 16:52:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2985318/en/subcuvia-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2985318/fr/subcuvia-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>pprd_2985318</t>
   </si>
   <si>
     <t>Laboratoire BAXTER SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400676/en/subcuvia-160-mg/ml-solution-injectable-1-flacon-en-verre-de-5-ml-code-cip-566-107-7-subcuvia-160-mg/ml-solution-injectable-20-flacons-en-verre-de-5-ml-code-cip-566-108-3-subcuvia-160-mg/ml-solution-injectable-1-flacon-en-verre-de-10-ml-code-cip-566-110-8-subcuvia-160-mg/ml-solution-injectable-20-flacons-en-verre-de-10-ml-code-cip-566-111-4</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985590/en/nanogam</t>
+    <t>https://www.has-sante.fr/jcms/c_400676/fr/subcuvia-160-mg/ml-solution-injectable-1-flacon-en-verre-de-5-ml-code-cip-566-107-7-subcuvia-160-mg/ml-solution-injectable-20-flacons-en-verre-de-5-ml-code-cip-566-108-3-subcuvia-160-mg/ml-solution-injectable-1-flacon-en-verre-de-10-ml-code-cip-566-110-8-subcuvia-160-mg/ml-solution-injectable-20-flacons-en-verre-de-10-ml-code-cip-566-111-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874852/fr/subcuvia-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>SANDOGLOBULINE (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>19/07/2006 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985563/fr/sandoglobuline-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2985563</t>
+  </si>
+  <si>
+    <t>ZLB BEHRING GmbH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_446645/fr/sandoglobuline-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>NANOGAM (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>12/04/2006 15:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985590/fr/nanogam-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>pprd_2985590</t>
   </si>
   <si>
     <t>Laboratoire Français du Fractionnement et des Biotechnologies (LFB)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400981/en/nanogam</t>
+    <t>https://www.has-sante.fr/jcms/c_400981/fr/nanogam-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>VIVAGLOBIN (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>05/10/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985660/fr/vivaglobin-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2985660</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400685/fr/vivaglobin-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
-      <c r="J1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="C2" t="s">
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="I2" t="s">
         <v>15</v>
-      </c>
-[...13 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B3" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="H3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="I3" t="s">
-        <v>17</v>
-[...14 lines deleted...]
-        <v>29</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>21</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4" t="s">
+        <v>23</v>
+      </c>
+      <c r="I4" t="s">
+        <v>15</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>24</v>
+      </c>
+      <c r="J1" t="s">
+        <v>25</v>
+      </c>
+      <c r="K1" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B2" t="s">
+        <v>28</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>30</v>
       </c>
+      <c r="H2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I2" t="s">
+        <v>32</v>
+      </c>
+      <c r="J2" t="s">
+        <v>33</v>
+      </c>
+      <c r="K2" t="s">
+        <v>34</v>
+      </c>
+      <c r="L2" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>27</v>
+      </c>
+      <c r="B3" t="s">
+        <v>36</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>38</v>
+      </c>
+      <c r="H3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J3" t="s">
+        <v>40</v>
+      </c>
+      <c r="K3" t="s">
+        <v>41</v>
+      </c>
+      <c r="L3" t="s">
+        <v>42</v>
+      </c>
+      <c r="M3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>27</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4" t="s">
+        <v>46</v>
+      </c>
+      <c r="I4" t="s">
         <v>32</v>
       </c>
-      <c r="H4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J4" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="K4" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="L4" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="M4" t="s">
-        <v>37</v>
+        <v>50</v>
       </c>
       <c r="N4" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="B5" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>41</v>
+        <v>54</v>
       </c>
       <c r="H5" t="s">
-        <v>42</v>
+        <v>55</v>
       </c>
       <c r="I5" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="J5" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="K5" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="L5" t="s">
-        <v>45</v>
+        <v>58</v>
       </c>
       <c r="M5" t="s">
-        <v>46</v>
+        <v>59</v>
+      </c>
+      <c r="N5" t="s">
+        <v>60</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="B6" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>49</v>
+        <v>63</v>
       </c>
       <c r="H6" t="s">
-        <v>50</v>
+        <v>64</v>
       </c>
       <c r="I6" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="J6" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="K6" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="L6" t="s">
-        <v>53</v>
+        <v>67</v>
+      </c>
+      <c r="M6" t="s">
+        <v>68</v>
+      </c>
+      <c r="N6" t="s">
+        <v>69</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="B7" t="s">
-        <v>54</v>
+        <v>70</v>
       </c>
       <c r="C7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>55</v>
+        <v>71</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>56</v>
+        <v>72</v>
       </c>
       <c r="H7" t="s">
-        <v>57</v>
+        <v>73</v>
       </c>
       <c r="I7" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="J7" t="s">
-        <v>58</v>
+        <v>74</v>
       </c>
       <c r="K7" t="s">
-        <v>59</v>
+        <v>75</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>27</v>
+      </c>
+      <c r="B8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>77</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>78</v>
+      </c>
+      <c r="H8" t="s">
+        <v>79</v>
+      </c>
+      <c r="I8" t="s">
+        <v>32</v>
+      </c>
+      <c r="J8" t="s">
+        <v>80</v>
+      </c>
+      <c r="K8" t="s">
+        <v>81</v>
+      </c>
+      <c r="L8" t="s">
+        <v>82</v>
+      </c>
+      <c r="M8" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>27</v>
+      </c>
+      <c r="B9" t="s">
+        <v>84</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>85</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>86</v>
+      </c>
+      <c r="H9" t="s">
+        <v>87</v>
+      </c>
+      <c r="I9" t="s">
+        <v>32</v>
+      </c>
+      <c r="J9" t="s">
+        <v>88</v>
+      </c>
+      <c r="K9" t="s">
+        <v>89</v>
+      </c>
+      <c r="L9" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>27</v>
+      </c>
+      <c r="B10" t="s">
+        <v>91</v>
+      </c>
+      <c r="C10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>92</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>93</v>
+      </c>
+      <c r="H10" t="s">
+        <v>94</v>
+      </c>
+      <c r="I10" t="s">
+        <v>32</v>
+      </c>
+      <c r="J10" t="s">
+        <v>95</v>
+      </c>
+      <c r="K10" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>27</v>
+      </c>
+      <c r="B11" t="s">
+        <v>97</v>
+      </c>
+      <c r="C11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>98</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>99</v>
+      </c>
+      <c r="H11" t="s">
+        <v>100</v>
+      </c>
+      <c r="I11" t="s">
+        <v>32</v>
+      </c>
+      <c r="J11" t="s">
+        <v>101</v>
+      </c>
+      <c r="K11" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" t="s">
+        <v>103</v>
+      </c>
+      <c r="C12" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>104</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>105</v>
+      </c>
+      <c r="H12" t="s">
+        <v>106</v>
+      </c>
+      <c r="I12" t="s">
+        <v>32</v>
+      </c>
+      <c r="J12" t="s">
+        <v>95</v>
+      </c>
+      <c r="K12" t="s">
+        <v>107</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>