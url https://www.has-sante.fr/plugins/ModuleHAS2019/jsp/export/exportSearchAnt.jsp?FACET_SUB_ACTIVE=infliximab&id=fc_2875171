--- v0 (2025-11-10)
+++ v1 (2026-02-09)
@@ -740,51 +740,51 @@
   <si>
     <t>31/03/2021 14:57:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3258755/fr/commission-de-la-transparence-reunion-a-distance-du-7-avril-2021</t>
   </si>
   <si>
     <t>p_3258755</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion à distance du 21 octobre 2020</t>
   </si>
   <si>
     <t>14/10/2020 16:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3212898/fr/commission-de-la-transparence-reunion-a-distance-du-21-octobre-2020</t>
   </si>
   <si>
     <t>p_3212898</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion à distance du 7 octobre 2020</t>
   </si>
   <si>
-    <t>30/09/2020 16:29:00</t>
+    <t>30/09/2020 16:38:23</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3210376/fr/commission-de-la-transparence-reunion-a-distance-du-7-octobre-2020</t>
   </si>
   <si>
     <t>p_3210376</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion à distance du 9 juillet 2020</t>
   </si>
   <si>
     <t>02/07/2020 14:22:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3192534/fr/commission-de-la-transparence-reunion-a-distance-du-9-juillet-2020</t>
   </si>
   <si>
     <t>p_3192534</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion à distance du 24 juin 2020</t>
   </si>
   <si>
     <t>17/06/2020 13:29:00</t>
   </si>