--- v0 (2025-11-08)
+++ v1 (2026-02-15)
@@ -39,95 +39,95 @@
     <sheet name="Export Guide usagers" r:id="rId7" sheetId="5"/>
     <sheet name="Export Communiqué de presse" r:id="rId8" sheetId="6"/>
     <sheet name="Export Evaluation des technolog" r:id="rId9" sheetId="7"/>
     <sheet name="Export évènement de calendrier" r:id="rId10" sheetId="8"/>
     <sheet name="Export Avis et décisions de la " r:id="rId11" sheetId="9"/>
     <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
     <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="877" uniqueCount="493">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="885" uniqueCount="499">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
     <t>EAGLE EYE PLATINUM ST</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>23/09/2025 00:00:00</t>
   </si>
   <si>
-    <t>24/10/2025 10:22:36</t>
+    <t>24/10/2025 10:22:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3700359/fr/eagle-eye-platinum-st</t>
   </si>
   <si>
     <t>p_3700359</t>
   </si>
   <si>
     <t>Cathéter d’imagerie endocoronaire par échographie (IVUS)</t>
   </si>
   <si>
     <t>PHILIPS FRANCE (France)</t>
   </si>
   <si>
     <t>EAGLE EYE PLATINUM</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3700362/fr/eagle-eye-platinum</t>
   </si>
   <si>
     <t>p_3700362</t>
   </si>
   <si>
     <t>OPTICROSS HD</t>
   </si>
@@ -416,51 +416,51 @@
   <si>
     <t>A la demande de l’INCa, la HAS a élaboré des recommandations sur le dépistage du cancer du sein chez les femmes à haut risque à partir d’une revue des facteurs de risque de cancer du sein identifiés dans la littérature.</t>
   </si>
   <si>
     <t>19/03/2014 00:00:00</t>
   </si>
   <si>
     <t>19/05/2014 10:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1741170/fr/depistage-du-cancer-du-sein-en-france-identification-des-femmes-a-haut-risque-et-modalites-de-depistage</t>
   </si>
   <si>
     <t>c_1741170</t>
   </si>
   <si>
     <t>Détection précoce du cancer de la prostate</t>
   </si>
   <si>
     <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur la détection précoce du cancer de la prostate à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
   </si>
   <si>
     <t>26/06/2013 00:00:00</t>
   </si>
   <si>
-    <t>08/10/2013 18:17:20</t>
+    <t>08/10/2013 18:17:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1623737/fr/detection-precoce-du-cancer-de-la-prostate</t>
   </si>
   <si>
     <t>c_1623737</t>
   </si>
   <si>
     <t>Cancer de la prostate : identification des facteurs de risque et pertinence d’un dépistage par dosage de l’antigène spécifique de la prostate (PSA) de populations d’hommes à haut risque ?</t>
   </si>
   <si>
     <t>Évaluer la pertinence d’un dépistage du cancer de la prostate par dosage du PSA ciblé sur des populations d’ hommes considérés comme à « haut risque » de survenue de ce cancer.</t>
   </si>
   <si>
     <t>01/02/2012 00:00:00</t>
   </si>
   <si>
     <t>04/04/2012 00:05:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1238318/fr/cancer-de-la-prostate-identification-des-facteurs-de-risque-et-pertinence-d-un-depistage-par-dosage-de-l-antigene-specifique-de-la-prostate-psa-de-populations-d-hommes-a-haut-risque</t>
   </si>
   <si>
     <t>c_1238318</t>
   </si>
@@ -899,102 +899,120 @@
   <si>
     <t>18/11/2021 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3285576/fr/depistage-neonatal-s-informer-pour-decider</t>
   </si>
   <si>
     <t>p_3285576</t>
   </si>
   <si>
     <t>Communiqué de presse</t>
   </si>
   <si>
     <t>15/12/2005 12:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_240671/fr/prevention-des-infections-liees-aux-catheters-veineux-peripheriques</t>
   </si>
   <si>
     <t>c_240671</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
+    <t>Évaluation d'actes d’odontologie conservatrice, coiffe pédodontique, pulpotomie thérapeutique</t>
+  </si>
+  <si>
+    <t>L’objectif de l’évaluation était de donner un avis à l’assurance maladie sur 5 actes d’odontologie, en vue de leur remboursement.</t>
+  </si>
+  <si>
+    <t>04/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2025 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784577/fr/evaluation-d-actes-d-odontologie-conservatrice-coiffe-pedodontique-pulpotomie-therapeutique</t>
+  </si>
+  <si>
+    <t>p_3784577</t>
+  </si>
+  <si>
+    <t>Curiethérapie interstitielle utilisée en complément d’une radiothérapie externe pour le traitement du cancer localisé de la prostate – Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Évaluer la balance bénéfice/risque (efficacité, sécurité, qualité de vie du patient) de la curiethérapie à haut débit de dose (HDD) ou à bas débit de dose (BDD) utilisée en complément d’une radiothérapie externe (RTE) par rapport à l’utilisation de la RTE associée à une hormonothérapie, pour le traitement du cancer de la prostate localisé à risque intermédiaire défavorable et à risque élevé de récidive</t>
+  </si>
+  <si>
+    <t>20/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2025 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452771/fr/curietherapie-interstitielle-utilisee-en-complement-d-une-radiotherapie-externe-pour-le-traitement-du-cancer-localise-de-la-prostate-rapport-d-evaluation-technologique</t>
+  </si>
+  <si>
+    <t>p_3452771</t>
+  </si>
+  <si>
     <t>Indications de l’échographie de contraste lors de suspicion de carcinome hépatocellulaire (CHC) chez un adulte à haut risque (cirrhose, VHB, antécédent de CHC)</t>
   </si>
   <si>
     <t>Evaluer l’intérêt et la place de l’échographie de contraste au sein des stratégies de caractérisation des tumeurs hépatiques détectées chez les adultes à haut risque de carcinome hépatocellulaire (cirrhose, VHB, antécédent de CHC)</t>
   </si>
   <si>
     <t>10/10/2024 00:00:00</t>
   </si>
   <si>
     <t>16/10/2024 09:11:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3215914/fr/indications-de-l-echographie-de-contraste-lors-de-suspicion-de-carcinome-hepatocellulaire-chc-chez-un-adulte-a-haut-risque-cirrhose-vhb-antecedent-de-chc</t>
   </si>
   <si>
     <t>p_3215914</t>
   </si>
   <si>
     <t>Destruction par ultrasons focalisés de haute intensité (HIFU) par voie rectale d’un adénocarcinome localisé de la prostate - Rapport d'évaluation</t>
   </si>
   <si>
     <t>Cancer prostate, HIFU (high-intensity focused ultrasound), traitement local, traitement de rattrapage post radiothérapie externe, résultats carcinologiques et fonctionnels, qualité de vie</t>
   </si>
   <si>
     <t>30/11/2023 00:00:00</t>
   </si>
   <si>
     <t>04/12/2023 16:53:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3477519/fr/destruction-par-ultrasons-focalises-de-haute-intensite-hifu-par-voie-rectale-d-un-adenocarcinome-localise-de-la-prostate-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3477519</t>
-  </si>
-[...16 lines deleted...]
-    <t>p_3452771</t>
   </si>
   <si>
     <t>Indications de l’échographie de contraste lors de suspicion de tumeur hépatique bénigne chez l’adulte sans cirrhose ni cancer</t>
   </si>
   <si>
     <t>Evaluer l’intérêt et la place de l’échographie de contraste au sein des stratégies de caractérisation des tumeurs hépatiques ayant été détectées de façon fortuite chez l’adulte sans cirrhose ni cancer</t>
   </si>
   <si>
     <t>16/02/2023 00:00:00</t>
   </si>
   <si>
     <t>20/02/2023 17:25:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3215918/fr/indications-de-l-echographie-de-contraste-lors-de-suspicion-de-tumeur-hepatique-benigne-chez-l-adulte-sans-cirrhose-ni-cancer</t>
   </si>
   <si>
     <t>p_3215918</t>
   </si>
   <si>
     <t>Intérêt de l’angiomammographie double énergie dans la stratégie diagnostique du cancer du sein - Rapport d'évaluation</t>
   </si>
   <si>
     <t>La HAS a évalué l’acte d’angiomammographie dans la stratégie diagnostique du cancer du sein afin d’émettre un avis sur son inscription à la classification commune des actes médicaux. Le rapport d’évaluation de la HAS, destiné aux radiologues, aux sénologues et à l’Assurance maladie, a pour objectifs d’évaluer les performances diagnostiques de l’angiomammographie en comparaison à l’IRM dans certaines de ses indications (impasses diagnostiques, bilan d’extension, évaluation de la réponse à la chimiothérapie néoadjuvante) ainsi que les aspects sécuritaires (réactions à l’injection d’iode, exposition aux rayonnements ionisants), l’impact sur la thérapeutique et les aspects organisationnels.</t>
   </si>
@@ -2286,210 +2304,210 @@
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>467</v>
+        <v>473</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>468</v>
+        <v>474</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>469</v>
+        <v>475</v>
       </c>
       <c r="B2" t="s">
-        <v>470</v>
+        <v>476</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>471</v>
+        <v>477</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>472</v>
+        <v>478</v>
       </c>
       <c r="H2" t="s">
-        <v>473</v>
+        <v>479</v>
       </c>
       <c r="I2" t="s">
-        <v>474</v>
+        <v>480</v>
       </c>
       <c r="J2" t="s">
-        <v>475</v>
+        <v>481</v>
       </c>
       <c r="K2" t="s">
-        <v>476</v>
+        <v>482</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>477</v>
+        <v>483</v>
       </c>
       <c r="B2" t="s">
-        <v>478</v>
+        <v>484</v>
       </c>
       <c r="C2" t="s">
-        <v>479</v>
+        <v>485</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>480</v>
+        <v>486</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>481</v>
+        <v>487</v>
       </c>
       <c r="H2" t="s">
-        <v>482</v>
+        <v>488</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>477</v>
+        <v>483</v>
       </c>
       <c r="B3" t="s">
-        <v>483</v>
+        <v>489</v>
       </c>
       <c r="C3" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>485</v>
+        <v>491</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>486</v>
+        <v>492</v>
       </c>
       <c r="H3" t="s">
-        <v>487</v>
+        <v>493</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>477</v>
+        <v>483</v>
       </c>
       <c r="B4" t="s">
-        <v>488</v>
+        <v>494</v>
       </c>
       <c r="C4" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>490</v>
+        <v>496</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>491</v>
+        <v>497</v>
       </c>
       <c r="H4" t="s">
-        <v>492</v>
+        <v>498</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -3436,51 +3454,51 @@
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>282</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>283</v>
       </c>
       <c r="H2" t="s">
         <v>284</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H15"/>
+  <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -3830,760 +3848,786 @@
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>285</v>
       </c>
       <c r="B15" t="s">
         <v>364</v>
       </c>
       <c r="C15" t="s">
         <v>365</v>
       </c>
       <c r="D15" t="s">
         <v>366</v>
       </c>
       <c r="E15" t="s">
         <v>367</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
         <v>368</v>
       </c>
       <c r="H15" t="s">
         <v>369</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>285</v>
+      </c>
+      <c r="B16" t="s">
+        <v>370</v>
+      </c>
+      <c r="C16" t="s">
+        <v>371</v>
+      </c>
+      <c r="D16" t="s">
+        <v>372</v>
+      </c>
+      <c r="E16" t="s">
+        <v>373</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>374</v>
+      </c>
+      <c r="H16" t="s">
+        <v>375</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="B2" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>373</v>
+        <v>379</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="H2" t="s">
-        <v>375</v>
+        <v>381</v>
       </c>
       <c r="I2" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="B3" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="H3" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="I3" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="B4" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
+        <v>388</v>
+      </c>
+      <c r="H4" t="s">
+        <v>389</v>
+      </c>
+      <c r="I4" t="s">
         <v>382</v>
-      </c>
-[...4 lines deleted...]
-        <v>376</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="B5" t="s">
-        <v>384</v>
+        <v>390</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="H5" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="I5" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="B6" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
       <c r="C6" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
       <c r="H6" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="I6" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="B7" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>396</v>
+        <v>402</v>
       </c>
       <c r="H7" t="s">
-        <v>397</v>
+        <v>403</v>
       </c>
       <c r="I7" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="B8" t="s">
-        <v>398</v>
+        <v>404</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>399</v>
+        <v>405</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>400</v>
+        <v>406</v>
       </c>
       <c r="H8" t="s">
-        <v>401</v>
+        <v>407</v>
       </c>
       <c r="I8" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="B9" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>404</v>
+        <v>410</v>
       </c>
       <c r="H9" t="s">
-        <v>405</v>
+        <v>411</v>
       </c>
       <c r="I9" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="B10" t="s">
-        <v>406</v>
+        <v>412</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>407</v>
+        <v>413</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>408</v>
+        <v>414</v>
       </c>
       <c r="H10" t="s">
-        <v>409</v>
+        <v>415</v>
       </c>
       <c r="I10" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="B11" t="s">
-        <v>410</v>
+        <v>416</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>411</v>
+        <v>417</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>412</v>
+        <v>418</v>
       </c>
       <c r="H11" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="I11" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="B12" t="s">
-        <v>414</v>
+        <v>420</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>415</v>
+        <v>421</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>416</v>
+        <v>422</v>
       </c>
       <c r="H12" t="s">
-        <v>417</v>
+        <v>423</v>
       </c>
       <c r="I12" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="B13" t="s">
-        <v>418</v>
+        <v>424</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>419</v>
+        <v>425</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>420</v>
+        <v>426</v>
       </c>
       <c r="H13" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
       <c r="I13" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="B14" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>424</v>
+        <v>430</v>
       </c>
       <c r="H14" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="I14" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="B15" t="s">
-        <v>426</v>
+        <v>432</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>427</v>
+        <v>433</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>428</v>
+        <v>434</v>
       </c>
       <c r="H15" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
       <c r="I15" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="B16" t="s">
-        <v>430</v>
+        <v>436</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>431</v>
+        <v>437</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>432</v>
+        <v>438</v>
       </c>
       <c r="H16" t="s">
-        <v>433</v>
+        <v>439</v>
       </c>
       <c r="I16" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="B17" t="s">
-        <v>434</v>
+        <v>440</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>436</v>
+        <v>442</v>
       </c>
       <c r="H17" t="s">
-        <v>437</v>
+        <v>443</v>
       </c>
       <c r="I17" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="B18" t="s">
-        <v>438</v>
+        <v>444</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>439</v>
+        <v>445</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>440</v>
+        <v>446</v>
       </c>
       <c r="H18" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="I18" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="B19" t="s">
-        <v>442</v>
+        <v>448</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>443</v>
+        <v>449</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>444</v>
+        <v>450</v>
       </c>
       <c r="H19" t="s">
-        <v>445</v>
+        <v>451</v>
       </c>
       <c r="I19" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="B20" t="s">
-        <v>446</v>
+        <v>452</v>
       </c>
       <c r="C20" t="s">
         <v>12</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>447</v>
+        <v>453</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>448</v>
+        <v>454</v>
       </c>
       <c r="H20" t="s">
-        <v>449</v>
+        <v>455</v>
       </c>
       <c r="I20" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="B21" t="s">
-        <v>450</v>
+        <v>456</v>
       </c>
       <c r="C21" t="s">
         <v>12</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>451</v>
+        <v>457</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>452</v>
+        <v>458</v>
       </c>
       <c r="H21" t="s">
-        <v>453</v>
+        <v>459</v>
       </c>
       <c r="I21" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>454</v>
+        <v>460</v>
       </c>
       <c r="B2" t="s">
-        <v>455</v>
+        <v>461</v>
       </c>
       <c r="C2" t="s">
-        <v>456</v>
+        <v>462</v>
       </c>
       <c r="D2" t="s">
-        <v>457</v>
+        <v>463</v>
       </c>
       <c r="E2" t="s">
-        <v>458</v>
+        <v>464</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="H2" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>454</v>
+        <v>460</v>
       </c>
       <c r="B3" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
       <c r="C3" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
       <c r="D3" t="s">
-        <v>463</v>
+        <v>469</v>
       </c>
       <c r="E3" t="s">
-        <v>464</v>
+        <v>470</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>465</v>
+        <v>471</v>
       </c>
       <c r="H3" t="s">
-        <v>466</v>
+        <v>472</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>