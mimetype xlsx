--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -27,51 +27,51 @@
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Guide usagers" r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="162" uniqueCount="89">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -237,50 +237,68 @@
     <t>https://www.has-sante.fr/jcms/p_3285576/fr/depistage-neonatal-s-informer-pour-decider</t>
   </si>
   <si>
     <t>p_3285576</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Intérêt de l’angiomammographie double énergie dans la stratégie diagnostique du cancer du sein - Rapport d'évaluation</t>
   </si>
   <si>
     <t>La HAS a évalué l’acte d’angiomammographie dans la stratégie diagnostique du cancer du sein afin d’émettre un avis sur son inscription à la classification commune des actes médicaux. Le rapport d’évaluation de la HAS, destiné aux radiologues, aux sénologues et à l’Assurance maladie, a pour objectifs d’évaluer les performances diagnostiques de l’angiomammographie en comparaison à l’IRM dans certaines de ses indications (impasses diagnostiques, bilan d’extension, évaluation de la réponse à la chimiothérapie néoadjuvante) ainsi que les aspects sécuritaires (réactions à l’injection d’iode, exposition aux rayonnements ionisants), l’impact sur la thérapeutique et les aspects organisationnels.</t>
   </si>
   <si>
     <t>10/11/2021 00:00:00</t>
   </si>
   <si>
     <t>22/11/2021 11:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3186760</t>
+  </si>
+  <si>
+    <t>Évaluation d'actes d’odontologie conservatrice, coiffe pédodontique, pulpotomie thérapeutique</t>
+  </si>
+  <si>
+    <t>L’objectif de l’évaluation était de donner un avis à l’assurance maladie sur 5 actes d’odontologie, en vue de leur remboursement.</t>
+  </si>
+  <si>
+    <t>04/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2025 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784577/fr/evaluation-d-actes-d-odontologie-conservatrice-coiffe-pedodontique-pulpotomie-therapeutique</t>
+  </si>
+  <si>
+    <t>p_3784577</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 2 décembre 2015</t>
   </si>
   <si>
     <t>25/11/2015 17:59:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2574689/fr/commission-de-la-transparence-reunion-du-2-decembre-2015</t>
   </si>
   <si>
     <t>c_2574689</t>
   </si>
   <si>
     <t>Commission</t>
   </si>
   <si>
     <t>Article HAS</t>
   </si>
@@ -720,51 +738,51 @@
       </c>
       <c r="D2" t="s">
         <v>59</v>
       </c>
       <c r="E2" t="s">
         <v>60</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>61</v>
       </c>
       <c r="H2" t="s">
         <v>62</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -776,183 +794,209 @@
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>63</v>
       </c>
       <c r="B2" t="s">
         <v>64</v>
       </c>
       <c r="C2" t="s">
         <v>65</v>
       </c>
       <c r="D2" t="s">
         <v>66</v>
       </c>
       <c r="E2" t="s">
         <v>67</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>68</v>
       </c>
       <c r="H2" t="s">
         <v>69</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>63</v>
+      </c>
+      <c r="B3" t="s">
+        <v>70</v>
+      </c>
+      <c r="C3" t="s">
+        <v>71</v>
+      </c>
+      <c r="D3" t="s">
+        <v>72</v>
+      </c>
+      <c r="E3" t="s">
+        <v>73</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>74</v>
+      </c>
+      <c r="H3" t="s">
+        <v>75</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="B2" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="H2" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="I2" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="B2" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="C2" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="H2" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>