--- v1 (2025-12-25)
+++ v2 (2026-02-09)
@@ -173,51 +173,51 @@
   <si>
     <t>07/02/2007 00:00:00</t>
   </si>
   <si>
     <t>07/02/2007 11:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_496020/fr/clinistix</t>
   </si>
   <si>
     <t>c_496020</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Évaluation d'actes d’odontologie conservatrice, coiffe pédodontique, pulpotomie thérapeutique</t>
   </si>
   <si>
     <t>L’objectif de l’évaluation était de donner un avis à l’assurance maladie sur 5 actes d’odontologie, en vue de leur remboursement.</t>
   </si>
   <si>
     <t>04/12/2025 00:00:00</t>
   </si>
   <si>
-    <t>11/12/2025 11:02:34</t>
+    <t>11/12/2025 11:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3784577/fr/evaluation-d-actes-d-odontologie-conservatrice-coiffe-pedodontique-pulpotomie-therapeutique</t>
   </si>
   <si>
     <t>p_3784577</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 9 avril 2025</t>
   </si>
   <si>
     <t>03/04/2025 17:17:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3600189/fr/commission-de-la-transparence-reunion-du-9-avril-2025</t>
   </si>
   <si>
     <t>p_3600189</t>
   </si>