--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="32">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -69,65 +69,50 @@
     <t/>
   </si>
   <si>
     <t>03/06/2021 09:33:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
   </si>
   <si>
     <t>p_3269572</t>
   </si>
   <si>
     <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>08/07/2020 09:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
   </si>
   <si>
     <t>p_3192841</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2792719</t>
   </si>
   <si>
     <t>Maladie Rénale Chronique (MRC) de l’enfant</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de maladie rénale chronique. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>07/12/2018 15:31:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2889689/fr/maladie-renale-chronique-mrc-de-l-enfant</t>
   </si>
   <si>
     <t>c_2889689</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Intérêt de l’angiomammographie double énergie dans la stratégie diagnostique du cancer du sein - Rapport d'évaluation</t>
   </si>
   <si>
     <t>La HAS a évalué l’acte d’angiomammographie dans la stratégie diagnostique du cancer du sein afin d’émettre un avis sur son inscription à la classification commune des actes médicaux. Le rapport d’évaluation de la HAS, destiné aux radiologues, aux sénologues et à l’Assurance maladie, a pour objectifs d’évaluer les performances diagnostiques de l’angiomammographie en comparaison à l’IRM dans certaines de ses indications (impasses diagnostiques, bilan d’extension, évaluation de la réponse à la chimiothérapie néoadjuvante) ainsi que les aspects sécuritaires (réactions à l’injection d’iode, exposition aux rayonnements ionisants), l’impact sur la thérapeutique et les aspects organisationnels.</t>
   </si>
@@ -170,51 +155,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -282,93 +267,67 @@
       </c>
       <c r="B4" t="s">
         <v>20</v>
       </c>
       <c r="C4" t="s">
         <v>21</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>22</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
         <v>23</v>
       </c>
       <c r="H4" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="B5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="E5" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="H5" t="s">
-        <v>29</v>
-[...6 lines deleted...]
-      <c r="B6" t="s">
         <v>31</v>
-      </c>
-[...16 lines deleted...]
-        <v>36</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>