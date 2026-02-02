--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,110 +9,95 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Maladie Rénale Chronique (MRC) de l’enfant</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de maladie rénale chronique. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>07/12/2018 15:31:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2889689/fr/maladie-renale-chronique-mrc-de-l-enfant</t>
   </si>
   <si>
     <t>c_2889689</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2792719</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
   </si>
   <si>
     <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
   </si>
   <si>
     <t>18/03/2015 00:00:00</t>
   </si>
   <si>
     <t>26/06/2015 12:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
   </si>
   <si>
     <t>c_830007</t>
   </si>
   <si>
     <t>Évaluation du rapport albuminurie/créatininurie dans le diagnostic de la maladie rénale chronique chez l’adulte  - Rapport d'évaluation</t>
   </si>
@@ -158,51 +143,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -218,119 +203,93 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="B4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H4" t="s">
-        <v>26</v>
-[...6 lines deleted...]
-      <c r="B5" t="s">
         <v>27</v>
-      </c>
-[...16 lines deleted...]
-        <v>32</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>