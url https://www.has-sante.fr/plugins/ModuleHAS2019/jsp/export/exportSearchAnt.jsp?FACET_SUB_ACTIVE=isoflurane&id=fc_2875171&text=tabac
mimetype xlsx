--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,92 +9,158 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="37">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...8 lines deleted...]
-    <t>03/01/2001 00:00:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge péri-opératoire du patient adulte lors d’une résection hépatique</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est de produire un cadre facilitant la prise en charge péri-opératoire du patient adulte dans le cadre d'une chirurgie de résection hépatique.</t>
+  </si>
+  <si>
+    <t>11/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>15/09/2025 09:02:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_271973/en/induced-abortion-up-to-14-weeks</t>
+    <t>https://www.has-sante.fr/jcms/p_3592435/fr/prise-en-charge-peri-operatoire-du-patient-adulte-lors-d-une-resection-hepatique</t>
+  </si>
+  <si>
+    <t>p_3592435</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Syndrome lipodystrophique de Dunnigan</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome lipodystrophique de Dunnigan. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236803/fr/syndrome-lipodystrophique-de-dunnigan</t>
+  </si>
+  <si>
+    <t>p_3236803</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/12/2024 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574909/fr/encephalopathie-mitochondriale-neuro-gastro-intestinale-mngie</t>
+  </si>
+  <si>
+    <t>p_3574909</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'interruption volontaire de grossesse jusqu'à 14 semaines</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge de l'interruption volontaire de grossesse (IVG) réalisée dans un délai de 14 semaines d'aménorrhée et dans le cadre légal.</t>
+  </si>
+  <si>
+    <t>01/03/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271973/fr/prise-en-charge-de-l-interruption-volontaire-de-grossesse-jusqu-a-14-semaines</t>
   </si>
   <si>
     <t>c_271973</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -104,101 +170,205 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D6" t="s">
+        <v>34</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6" t="s">
+        <v>36</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>