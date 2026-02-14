--- v0 (2025-11-07)
+++ v1 (2026-02-14)
@@ -21,51 +21,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
     <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="196" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="212" uniqueCount="124">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -168,50 +168,80 @@
     <t>03/05/2021 00:00:00</t>
   </si>
   <si>
     <t>03/05/2021 16:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3264498/fr/leucinose</t>
   </si>
   <si>
     <t>p_3264498</t>
   </si>
   <si>
     <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>08/07/2020 09:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
   </si>
   <si>
     <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Phénylcétonurie</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé.</t>
+  </si>
+  <si>
+    <t>04/06/2018 15:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953467/fr/phenylcetonurie</t>
+  </si>
+  <si>
+    <t>c_953467</t>
+  </si>
+  <si>
+    <t>Neuropathie amyloïde familiale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de neuropathie amyloïde familiale (NAF).</t>
+  </si>
+  <si>
+    <t>03/05/2017 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2760531/fr/neuropathie-amyloide-familiale</t>
+  </si>
+  <si>
+    <t>c_2760531</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
   </si>
   <si>
     <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
     <t>29/07/2025 17:07:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3639045</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
@@ -505,51 +535,51 @@
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -665,483 +695,535 @@
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>22</v>
       </c>
       <c r="B6" t="s">
         <v>44</v>
       </c>
       <c r="C6" t="s">
         <v>45</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
         <v>46</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>47</v>
       </c>
       <c r="H6" t="s">
         <v>48</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C7" t="s">
+        <v>50</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>51</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>52</v>
+      </c>
+      <c r="H7" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" t="s">
+        <v>54</v>
+      </c>
+      <c r="C8" t="s">
+        <v>55</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>56</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>57</v>
+      </c>
+      <c r="H8" t="s">
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="B2" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="C2" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="D2" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="E2" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="H2" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>56</v>
+        <v>66</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="B2" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="H2" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="I2" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="B3" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="H3" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="I3" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="B4" t="s">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>68</v>
+        <v>78</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="H4" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="I4" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:O6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="J1" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="K1" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="B2" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H2" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="I2" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="J2" t="s">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="K2" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="L2" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="M2" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="N2" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="O2" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="B3" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="H3" t="s">
-        <v>89</v>
+        <v>99</v>
       </c>
       <c r="I3" t="s">
+        <v>100</v>
+      </c>
+      <c r="J3" t="s">
         <v>90</v>
       </c>
-      <c r="J3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K3" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="L3" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="M3" t="s">
-        <v>93</v>
+        <v>103</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="B4" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>96</v>
+        <v>106</v>
       </c>
       <c r="H4" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
       <c r="I4" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="J4" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="K4" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="B5" t="s">
-        <v>101</v>
+        <v>111</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="H5" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="I5" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="J5" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="K5" t="s">
-        <v>106</v>
+        <v>116</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="B6" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="H6" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="I6" t="s">
-        <v>111</v>
+        <v>121</v>
       </c>
       <c r="J6" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="K6" t="s">
-        <v>113</v>
+        <v>123</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>