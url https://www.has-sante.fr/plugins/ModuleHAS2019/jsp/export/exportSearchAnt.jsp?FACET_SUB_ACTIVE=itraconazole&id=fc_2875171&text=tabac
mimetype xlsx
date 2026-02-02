--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -113,78 +113,78 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3289862/fr/aspergillose-broncho-pulmonaire-allergique-hors-mucoviscidose</t>
   </si>
   <si>
     <t>p_3289862</t>
   </si>
   <si>
     <t>Guide parcours de soins Fibrillation atriale</t>
   </si>
   <si>
     <t>Les objectifs de ce guide sont d’expliciter les différentes étapes de prise en charge d’un malade ayant une fibrillation atriale (FA) en médecine de ville et notamment en médecine générale et de rendre compte de la multidisciplinarité de la prise en charge ainsi que des principes et des modalités de coordination et de coopération entre les professionnels impliqués.</t>
   </si>
   <si>
     <t>19/02/2014 00:00:00</t>
   </si>
   <si>
     <t>22/05/2014 16:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1741768/fr/guide-parcours-de-soins-fibrillation-atriale</t>
   </si>
   <si>
     <t>c_1741768</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Aplasies médullaires acquises et constitutionnelles</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/05/2024 18:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2792719</t>
   </si>
   <si>
     <t>Fièvre Méditerranéenne Familiale (FMF)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fièvre méditerranéenne familiale. Il a été élaboré sous l’égide du : Centre de référence des maladies rares auto-inflammatoires et de l’amylose inflammatoire (CeReMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>12/12/2022 17:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3390303/fr/fievre-mediterraneenne-familiale-fmf</t>
   </si>
   <si>
     <t>p_3390303</t>
   </si>
   <si>
     <t>Syndrome de Cushing</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cushing. Il a été élaboré par le Centre de Référence des maladies rares de la surrénale à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>23/03/2023 10:32:00</t>
   </si>