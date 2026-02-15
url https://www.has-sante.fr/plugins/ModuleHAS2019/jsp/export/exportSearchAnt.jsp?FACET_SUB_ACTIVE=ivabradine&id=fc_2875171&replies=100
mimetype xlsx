--- v0 (2025-11-07)
+++ v1 (2026-02-15)
@@ -30,91 +30,112 @@
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
     <sheet name="Export Études et Rapports" r:id="rId9" sheetId="7"/>
     <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="241" uniqueCount="126">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="275" uniqueCount="150">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
+    <t>TRICLIP G4</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>17/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>30/06/2025 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3633260/fr/triclip-g4</t>
+  </si>
+  <si>
+    <t>p_3633260</t>
+  </si>
+  <si>
+    <t>Clip de réparation tricuspide bord à bord</t>
+  </si>
+  <si>
+    <t>ABBOTT MEDICAL France SAS (France)</t>
+  </si>
+  <si>
     <t>NAVVUS CATHETER</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>16/07/2019 00:00:00</t>
   </si>
   <si>
     <t>04/10/2019 15:12:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3108973/fr/navvus-catheter</t>
   </si>
   <si>
     <t>p_3108973</t>
   </si>
   <si>
     <t>système à échange rapide de mesure de la fraction du flux de réserve coronarien (FFR)</t>
   </si>
   <si>
     <t>ACIST EUROPE</t>
   </si>
   <si>
     <t>VERRATA &amp; VERRATA PLUS</t>
   </si>
   <si>
     <t>Guide de mesure de la fraction de flux de réserve coronaire (FFR)</t>
   </si>
   <si>
     <t>21/03/2017 00:00:00</t>
@@ -134,63 +155,114 @@
   <si>
     <t>OPTIMIZER IVs</t>
   </si>
   <si>
     <t>Stimulateur cardiaque implantable rechargeable, pour modulation de la contractilité cardiaque</t>
   </si>
   <si>
     <t>21/02/2017 00:00:00</t>
   </si>
   <si>
     <t>01/03/2017 11:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2747013/fr/optimizer-ivs</t>
   </si>
   <si>
     <t>c_2747013</t>
   </si>
   <si>
     <t>IMPULSE DYNAMICS GmbH</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>ALD n° 5 - Insuffisance cardiaque grave</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>26/08/2025 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534673/fr/ald-n-5-insuffisance-cardiaque-grave</t>
+  </si>
+  <si>
+    <t>c_534673</t>
+  </si>
+  <si>
     <t>Tachycardies ventriculaires catécholergiques (TVC)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de TVC. Il a été élaboré par le Centre de Référence Maladies Cardiaques Héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/02/2022 08:25:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3314799/fr/tachycardies-ventriculaires-catecholergiques-tvc</t>
   </si>
   <si>
     <t>p_3314799</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins Fibrillation atriale</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce guide sont d’expliciter les différentes étapes de prise en charge d’un malade ayant une fibrillation atriale (FA) en médecine de ville et notamment en médecine générale et de rendre compte de la multidisciplinarité de la prise en charge ainsi que des principes et des modalités de coordination et de coopération entre les professionnels impliqués.</t>
+  </si>
+  <si>
+    <t>19/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/05/2014 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741768/fr/guide-parcours-de-soins-fibrillation-atriale</t>
+  </si>
+  <si>
+    <t>c_1741768</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
   </si>
   <si>
     <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant un trouble bipolaire.</t>
   </si>
   <si>
     <t>26/09/2018 00:00:00</t>
   </si>
   <si>
     <t>20/12/2018 10:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2579748/fr/femmes-en-age-de-procreer-ayant-un-trouble-bipolaire-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
   </si>
   <si>
     <t>c_2579748</t>
   </si>
   <si>
     <t>Filles, adolescentes, femmes en âge de procréer et femmes enceintes ayant une épilepsie : spécialités à base de valproate et alternatives médicamenteuses</t>
   </si>
@@ -458,51 +530,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J4"/>
+  <dimension ref="A1:J5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -536,848 +608,958 @@
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
         <v>20</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>21</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>23</v>
       </c>
-      <c r="H3" t="s">
+      <c r="I3" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="J3" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>26</v>
       </c>
       <c r="C4" t="s">
         <v>27</v>
       </c>
       <c r="D4" t="s">
         <v>28</v>
       </c>
       <c r="E4" t="s">
         <v>29</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
         <v>30</v>
       </c>
       <c r="H4" t="s">
         <v>31</v>
       </c>
       <c r="I4" t="s">
         <v>27</v>
       </c>
       <c r="J4" t="s">
         <v>32</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>37</v>
+      </c>
+      <c r="H5" t="s">
+        <v>38</v>
+      </c>
+      <c r="I5" t="s">
+        <v>34</v>
+      </c>
+      <c r="J5" t="s">
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="B2" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="C2" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="E2" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="H2" t="s">
-        <v>38</v>
+        <v>46</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C3" t="s">
+        <v>48</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>49</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>50</v>
+      </c>
+      <c r="H3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>52</v>
+      </c>
+      <c r="C4" t="s">
+        <v>53</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>54</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>55</v>
+      </c>
+      <c r="H4" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>57</v>
+      </c>
+      <c r="C5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D5" t="s">
+        <v>59</v>
+      </c>
+      <c r="E5" t="s">
+        <v>60</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>61</v>
+      </c>
+      <c r="H5" t="s">
+        <v>62</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="B2" t="s">
-        <v>40</v>
+        <v>64</v>
       </c>
       <c r="C2" t="s">
-        <v>41</v>
+        <v>65</v>
       </c>
       <c r="D2" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="E2" t="s">
-        <v>43</v>
+        <v>67</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>44</v>
+        <v>68</v>
       </c>
       <c r="H2" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="B3" t="s">
-        <v>46</v>
+        <v>70</v>
       </c>
       <c r="C3" t="s">
-        <v>47</v>
+        <v>71</v>
       </c>
       <c r="D3" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="E3" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>49</v>
+        <v>73</v>
       </c>
       <c r="H3" t="s">
-        <v>50</v>
+        <v>74</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>51</v>
+        <v>75</v>
       </c>
       <c r="B2" t="s">
-        <v>52</v>
+        <v>76</v>
       </c>
       <c r="C2" t="s">
-        <v>53</v>
+        <v>77</v>
       </c>
       <c r="D2" t="s">
-        <v>54</v>
+        <v>78</v>
       </c>
       <c r="E2" t="s">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>56</v>
+        <v>80</v>
       </c>
       <c r="H2" t="s">
-        <v>57</v>
+        <v>81</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>51</v>
+        <v>75</v>
       </c>
       <c r="B3" t="s">
-        <v>58</v>
+        <v>82</v>
       </c>
       <c r="C3" t="s">
-        <v>59</v>
+        <v>83</v>
       </c>
       <c r="D3" t="s">
-        <v>60</v>
+        <v>84</v>
       </c>
       <c r="E3" t="s">
-        <v>61</v>
+        <v>85</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>62</v>
+        <v>86</v>
       </c>
       <c r="H3" t="s">
-        <v>63</v>
+        <v>87</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>64</v>
+        <v>88</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="B2" t="s">
-        <v>66</v>
+        <v>90</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>67</v>
+        <v>91</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>68</v>
+        <v>92</v>
       </c>
       <c r="H2" t="s">
-        <v>69</v>
+        <v>93</v>
       </c>
       <c r="I2" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="B3" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>72</v>
+        <v>96</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>73</v>
+        <v>97</v>
       </c>
       <c r="H3" t="s">
-        <v>74</v>
+        <v>98</v>
       </c>
       <c r="I3" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="B4" t="s">
-        <v>75</v>
+        <v>99</v>
       </c>
       <c r="C4" t="s">
-        <v>76</v>
+        <v>100</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>77</v>
+        <v>101</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>78</v>
+        <v>102</v>
       </c>
       <c r="H4" t="s">
-        <v>79</v>
+        <v>103</v>
       </c>
       <c r="I4" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="B5" t="s">
-        <v>80</v>
+        <v>104</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>81</v>
+        <v>105</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>82</v>
+        <v>106</v>
       </c>
       <c r="H5" t="s">
-        <v>83</v>
+        <v>107</v>
       </c>
       <c r="I5" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="B6" t="s">
-        <v>84</v>
+        <v>108</v>
       </c>
       <c r="C6" t="s">
-        <v>85</v>
+        <v>109</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>86</v>
+        <v>110</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>87</v>
+        <v>111</v>
       </c>
       <c r="H6" t="s">
-        <v>88</v>
+        <v>112</v>
       </c>
       <c r="I6" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="B7" t="s">
-        <v>89</v>
+        <v>113</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>90</v>
+        <v>114</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>91</v>
+        <v>115</v>
       </c>
       <c r="H7" t="s">
-        <v>92</v>
+        <v>116</v>
       </c>
       <c r="I7" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="B8" t="s">
-        <v>93</v>
+        <v>117</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
+        <v>118</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>119</v>
+      </c>
+      <c r="H8" t="s">
+        <v>120</v>
+      </c>
+      <c r="I8" t="s">
         <v>94</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="B9" t="s">
-        <v>97</v>
+        <v>121</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>98</v>
+        <v>122</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>99</v>
+        <v>123</v>
       </c>
       <c r="H9" t="s">
-        <v>100</v>
+        <v>124</v>
       </c>
       <c r="I9" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>101</v>
+        <v>125</v>
       </c>
       <c r="B2" t="s">
-        <v>102</v>
+        <v>126</v>
       </c>
       <c r="C2" t="s">
-        <v>103</v>
+        <v>127</v>
       </c>
       <c r="D2" t="s">
-        <v>104</v>
+        <v>128</v>
       </c>
       <c r="E2" t="s">
-        <v>105</v>
+        <v>129</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>106</v>
+        <v>130</v>
       </c>
       <c r="H2" t="s">
-        <v>107</v>
+        <v>131</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>108</v>
+        <v>132</v>
       </c>
       <c r="B2" t="s">
-        <v>109</v>
+        <v>133</v>
       </c>
       <c r="C2" t="s">
-        <v>110</v>
+        <v>134</v>
       </c>
       <c r="D2" t="s">
-        <v>111</v>
+        <v>135</v>
       </c>
       <c r="E2" t="s">
-        <v>112</v>
+        <v>136</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>113</v>
+        <v>137</v>
       </c>
       <c r="H2" t="s">
-        <v>114</v>
+        <v>138</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>115</v>
+        <v>139</v>
       </c>
       <c r="B2" t="s">
-        <v>116</v>
+        <v>140</v>
       </c>
       <c r="C2" t="s">
-        <v>117</v>
+        <v>141</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>118</v>
+        <v>142</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>119</v>
+        <v>143</v>
       </c>
       <c r="H2" t="s">
-        <v>120</v>
+        <v>144</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>115</v>
+        <v>139</v>
       </c>
       <c r="B3" t="s">
-        <v>121</v>
+        <v>145</v>
       </c>
       <c r="C3" t="s">
-        <v>122</v>
+        <v>146</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>123</v>
+        <v>147</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>124</v>
+        <v>148</v>
       </c>
       <c r="H3" t="s">
-        <v>125</v>
+        <v>149</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>