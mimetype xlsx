--- v0 (2025-12-01)
+++ v1 (2026-01-28)
@@ -47,51 +47,51 @@
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Syndrome Kleine-Levin</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome Kleine-Levin. Il a été élaboré par le Centre de Référence Narcolepsies et Hypersomnies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>14/10/2017 00:00:00</t>
+    <t>14/10/2021 08:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3292295/fr/syndrome-kleine-levin</t>
   </si>
   <si>
     <t>p_3292295</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>