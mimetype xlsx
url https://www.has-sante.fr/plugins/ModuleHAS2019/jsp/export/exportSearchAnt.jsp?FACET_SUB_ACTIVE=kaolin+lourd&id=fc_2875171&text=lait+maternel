--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>01/05/2002 17:51:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
+  </si>
+  <si>
+    <t>These guidelines offer practical advice on promoting and supporting breastfeeding and its continuation for at least 6 months. The topics covered by the guidelines are: 1. Benefits and optimum duration of exclusive breastfeeding 2. Contraindications to breastfeeding 3. Practicves that encourage breastfeeding 4. Promoting and supporting breastfeeding 5. Use of supplements 6. Prevention and solving breastfeeding problems 7. Behaviours which pomote and support breastfeeding 8. Resumption of everyday activities 9. Breastfeeding and nutrition for the mother 10. Breastfeeding and medicines 11. Breastfeeding and contraception</t>
+  </si>
+  <si>
+    <t>05/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
+    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>