--- v1 (2025-12-23)
+++ v2 (2026-02-06)
@@ -21,51 +21,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
     <sheet name="Export Avis et décisions de la " r:id="rId6" sheetId="4"/>
     <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="245" uniqueCount="143">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="246" uniqueCount="144">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -365,78 +365,81 @@
   <si>
     <t>16/04/2015 14:43:18</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2026249/fr/avis-n-2015-0030/ac/sem-du-11-mars-2015-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-tixtar-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
   </si>
   <si>
     <t>c_2026249</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>DUPHALAC (lactulose)</t>
   </si>
   <si>
-    <t>09/04/2021 16:00:00</t>
+    <t>16/01/2026 16:23:44</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983327/fr/duphalac-lactulose</t>
   </si>
   <si>
     <t>pprd_2983327</t>
   </si>
   <si>
     <t>lactulose</t>
   </si>
   <si>
-    <t>MYLAN MEDICAL SAS</t>
+    <t>COOPERATION PHARMACEUTIQUE FRANCAISE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_603123/fr/duphalac-lactulose</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1361963/fr/duphalac-lactulose</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1728827/fr/duphalac-lactulose</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2843881/fr/duphalac-lactulose-laxatif-osmotique-hypoammoniemiant</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3259733/fr/duphalac-lactulose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3807659/fr/duphalac-lactulose-laxatif-hypoammoniemiant</t>
   </si>
   <si>
     <t>TRANSULOSE (lactulose/ huile de paraffine/ vaseline)</t>
   </si>
   <si>
     <t>18/05/2017 08:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983625/fr/transulose-lactulose/-huile-de-paraffine/-vaseline</t>
   </si>
   <si>
     <t>pprd_2983625</t>
   </si>
   <si>
     <t>lactulose,paraffine liquide,vaseline</t>
   </si>
   <si>
     <t>APTALIS PHARMA SAS/ AXCAN PHARMA</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_532428/fr/transulose-lactulose/-huile-de-paraffine/-vaseline</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_994264/fr/transulose-lactulose/-huile-de-paraffine/-vaseline</t>
   </si>
@@ -1175,51 +1178,51 @@
       </c>
       <c r="D2" t="s">
         <v>105</v>
       </c>
       <c r="E2" t="s">
         <v>106</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>107</v>
       </c>
       <c r="H2" t="s">
         <v>108</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:O4"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1262,132 +1265,135 @@
       </c>
       <c r="H2" t="s">
         <v>116</v>
       </c>
       <c r="I2" t="s">
         <v>117</v>
       </c>
       <c r="J2" t="s">
         <v>118</v>
       </c>
       <c r="K2" t="s">
         <v>119</v>
       </c>
       <c r="L2" t="s">
         <v>120</v>
       </c>
       <c r="M2" t="s">
         <v>121</v>
       </c>
       <c r="N2" t="s">
         <v>122</v>
       </c>
       <c r="O2" t="s">
         <v>123</v>
       </c>
+      <c r="P2" t="s">
+        <v>124</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>112</v>
       </c>
       <c r="B3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="H3" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="I3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="J3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="K3" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L3" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="M3" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="N3" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>112</v>
       </c>
       <c r="B4" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="H4" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="I4" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="J4" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="K4" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="L4" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="M4" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="N4" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>