--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -1,709 +1,207 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Indications for liver transplantation (19-20 January 2005)</t>
+  </si>
+  <si>
+    <t>Questions put to the jury : # 1. What is the best way of managing patients undergoing transplantation for viral hepatitis?# 2. When is alcoholic cirrhosis an indication for liver transplantation? # 3. When should liver cancer be treated by liver transplantation? # 4. When is living donation an alternative? # 5. What are the developments with regard to indications for liver transplantation?</t>
+  </si>
+  <si>
+    <t>03/08/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2005 16:52:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>26/06/2019 12:45:00</t>
-[...56 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272409/fr/indications-de-la-transplantation-hepatique</t>
+    <t>https://www.has-sante.fr/jcms/c_272409/en/indications-for-liver-transplantation-19-20-january-2005</t>
   </si>
   <si>
     <t>c_272409</t>
-  </si>
-[...85 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3685921/fr/dovato-dolutegravir/lamivudine-antiretroviral</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      <c r="B3" t="s">
         <v>15</v>
-      </c>
-[...16 lines deleted...]
-        <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...324 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>