--- v0 (2025-11-17)
+++ v1 (2026-01-01)
@@ -15,88 +15,103 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="239" uniqueCount="151">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="255" uniqueCount="161">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>19/12/2025 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
     <t>Embryo-Foetopathie au Valproate</t>
   </si>
   <si>
     <t>L‘objectif de ce protocole national de diagnostic et de soins (PNDS) est d‘expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d‘Embryo-Foetopathie au Valproate.</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>21/03/2017 15:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2751900/fr/embryo-foetopathie-au-valproate</t>
   </si>
   <si>
     <t>c_2751900</t>
   </si>
   <si>
     <t>Syndrome de Dravet</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Dravet. Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/11/2021 12:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3293892/fr/syndrome-de-dravet</t>
   </si>
   <si>
     <t>p_3293892</t>
   </si>
   <si>
     <t>Trisomie 21</t>
@@ -234,50 +249,65 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>14/10/2021 08:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
   </si>
   <si>
     <t>p_3291625</t>
   </si>
   <si>
     <t>Syndrome de Smith-Magenis</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome de Smith-Magenis. Il a été élaboré par le Centre de référence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>06/09/2021 09:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3284453/fr/syndrome-de-smith-magenis</t>
   </si>
   <si>
     <t>p_3284453</t>
+  </si>
+  <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
   </si>
   <si>
     <t>Déficit en transporteur de glucose GLUT1</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de référence des épilepsies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>07/11/2024 11:29:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3555046/fr/deficit-en-transporteur-de-glucose-glut1</t>
   </si>
   <si>
     <t>p_3555046</t>
   </si>
   <si>
     <t>Syndrome de Wolf-Hirschhorn</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWH. Il a été élaboré par Centre de Référence « Anomalies du développement et syndromes malformatifs » d’Ile de France Filière AnDDI-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>13/12/2022 11:52:00</t>
   </si>
@@ -518,51 +548,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H21"/>
+  <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -720,77 +750,77 @@
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
         <v>38</v>
       </c>
       <c r="H7" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>40</v>
       </c>
       <c r="C8" t="s">
         <v>41</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H8" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C9" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
         <v>47</v>
       </c>
       <c r="H9" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>49</v>
       </c>
       <c r="C10" t="s">
         <v>50</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
@@ -824,77 +854,77 @@
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
         <v>57</v>
       </c>
       <c r="H11" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>59</v>
       </c>
       <c r="C12" t="s">
         <v>60</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="H12" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C13" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
         <v>66</v>
       </c>
       <c r="H13" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>68</v>
       </c>
       <c r="C14" t="s">
         <v>69</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
@@ -1006,362 +1036,414 @@
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
         <v>91</v>
       </c>
       <c r="H18" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>93</v>
       </c>
       <c r="C19" t="s">
         <v>94</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>65</v>
+        <v>95</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H19" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C20" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H20" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C21" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>104</v>
+        <v>70</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
         <v>105</v>
       </c>
       <c r="H21" t="s">
         <v>106</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>8</v>
+      </c>
+      <c r="B22" t="s">
+        <v>107</v>
+      </c>
+      <c r="C22" t="s">
+        <v>108</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>109</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>110</v>
+      </c>
+      <c r="H22" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>8</v>
+      </c>
+      <c r="B23" t="s">
+        <v>112</v>
+      </c>
+      <c r="C23" t="s">
+        <v>113</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>114</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>115</v>
+      </c>
+      <c r="H23" t="s">
+        <v>116</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="B2" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="C2" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="D2" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="E2" t="s">
-        <v>111</v>
+        <v>121</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="H2" t="s">
-        <v>113</v>
+        <v>123</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="B3" t="s">
-        <v>114</v>
+        <v>124</v>
       </c>
       <c r="C3" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="D3" t="s">
-        <v>116</v>
+        <v>126</v>
       </c>
       <c r="E3" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="H3" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="B4" t="s">
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="C4" t="s">
-        <v>121</v>
+        <v>131</v>
       </c>
       <c r="D4" t="s">
-        <v>116</v>
+        <v>126</v>
       </c>
       <c r="E4" t="s">
-        <v>122</v>
+        <v>132</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="H4" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="B5" t="s">
-        <v>125</v>
+        <v>135</v>
       </c>
       <c r="C5" t="s">
-        <v>126</v>
+        <v>136</v>
       </c>
       <c r="D5" t="s">
-        <v>127</v>
+        <v>137</v>
       </c>
       <c r="E5" t="s">
-        <v>128</v>
+        <v>138</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>129</v>
+        <v>139</v>
       </c>
       <c r="H5" t="s">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="J1" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="K1" t="s">
-        <v>133</v>
+        <v>143</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
       <c r="B2" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>136</v>
+        <v>146</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="H2" t="s">
-        <v>138</v>
+        <v>148</v>
       </c>
       <c r="I2" t="s">
-        <v>139</v>
+        <v>149</v>
       </c>
       <c r="J2" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="K2" t="s">
-        <v>141</v>
+        <v>151</v>
       </c>
       <c r="L2" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
       <c r="M2" t="s">
-        <v>143</v>
+        <v>153</v>
       </c>
       <c r="N2" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="O2" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="P2" t="s">
-        <v>146</v>
+        <v>156</v>
       </c>
       <c r="Q2" t="s">
-        <v>147</v>
+        <v>157</v>
       </c>
       <c r="R2" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="S2" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="T2" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>