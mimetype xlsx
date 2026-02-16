--- v1 (2026-01-01)
+++ v2 (2026-02-16)
@@ -2,110 +2,215 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="255" uniqueCount="161">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="271" uniqueCount="172">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant un trouble bipolaire.</t>
+  </si>
+  <si>
+    <t>26/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579748/fr/femmes-en-age-de-procreer-ayant-un-trouble-bipolaire-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2579748</t>
+  </si>
+  <si>
+    <t>Filles, adolescentes, femmes en âge de procréer et femmes enceintes ayant une épilepsie : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant une épilepsie.</t>
+  </si>
+  <si>
+    <t>20/12/2018 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882733/fr/filles-adolescentes-femmes-en-age-de-procreer-et-femmes-enceintes-ayant-une-epilepsie-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2882733</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Comportements défis dans les troubles du neurodéveloppement</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t/>
-[...2 lines deleted...]
-    <t>19/12/2025 10:53:00</t>
+    <t>19/12/2025 11:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
   </si>
   <si>
     <t>p_3806299</t>
   </si>
   <si>
+    <t>Syndrome MYT1L</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome MYT1L. Il a été élaboré par le Centre de Référence constitutif « Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2026 08:34:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3840763/fr/syndrome-myt1l</t>
+  </si>
+  <si>
+    <t>p_3840763</t>
+  </si>
+  <si>
     <t>Embryo-Foetopathie au Valproate</t>
   </si>
   <si>
     <t>L‘objectif de ce protocole national de diagnostic et de soins (PNDS) est d‘expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d‘Embryo-Foetopathie au Valproate.</t>
   </si>
   <si>
     <t>21/03/2017 15:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2751900/fr/embryo-foetopathie-au-valproate</t>
   </si>
   <si>
     <t>c_2751900</t>
   </si>
   <si>
     <t>Syndrome de Dravet</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Dravet. Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/11/2021 12:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3293892/fr/syndrome-de-dravet</t>
@@ -366,122 +471,50 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/06/2020 18:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
   </si>
   <si>
     <t>p_3187041</t>
   </si>
   <si>
     <t>Syndromes FOXG1 et « FOXG1 plus »</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés, la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome FOXG1.</t>
   </si>
   <si>
     <t>11/06/2018 15:38:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2855298/fr/syndromes-foxg1-et-foxg1-plus</t>
   </si>
   <si>
     <t>c_2855298</t>
-  </si>
-[...70 lines deleted...]
-    <t>p_3302482</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>LAMICTAL (lamotrigine)</t>
   </si>
   <si>
     <t>07/03/2022 13:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2985274/fr/lamictal-lamotrigine</t>
   </si>
   <si>
     <t>pprd_2985274</t>
   </si>
@@ -548,902 +581,954 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H23"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="E4" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="H4" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C5" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="E5" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="H5" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="C6" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>35</v>
       </c>
       <c r="E6" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="H6" t="s">
-        <v>34</v>
-[...21 lines deleted...]
-      <c r="G7" t="s">
         <v>38</v>
-      </c>
-[...417 lines deleted...]
-        <v>116</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>117</v>
+        <v>39</v>
       </c>
       <c r="B2" t="s">
-        <v>118</v>
+        <v>40</v>
       </c>
       <c r="C2" t="s">
-        <v>119</v>
+        <v>41</v>
       </c>
       <c r="D2" t="s">
-        <v>120</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>122</v>
+        <v>43</v>
       </c>
       <c r="H2" t="s">
-        <v>123</v>
+        <v>44</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>117</v>
+        <v>39</v>
       </c>
       <c r="B3" t="s">
-        <v>124</v>
+        <v>45</v>
       </c>
       <c r="C3" t="s">
-        <v>125</v>
+        <v>46</v>
       </c>
       <c r="D3" t="s">
-        <v>126</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>127</v>
+        <v>47</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>128</v>
+        <v>48</v>
       </c>
       <c r="H3" t="s">
-        <v>129</v>
+        <v>49</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>117</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>130</v>
+        <v>50</v>
       </c>
       <c r="C4" t="s">
-        <v>131</v>
+        <v>51</v>
       </c>
       <c r="D4" t="s">
-        <v>126</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>132</v>
+        <v>52</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>133</v>
+        <v>53</v>
       </c>
       <c r="H4" t="s">
-        <v>134</v>
+        <v>54</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" t="s">
+        <v>55</v>
+      </c>
+      <c r="C5" t="s">
+        <v>56</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>57</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>58</v>
+      </c>
+      <c r="H5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>39</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>62</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>66</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>67</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>68</v>
+      </c>
+      <c r="H7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>39</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>71</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>72</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>73</v>
+      </c>
+      <c r="H8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>39</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>76</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>77</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>78</v>
+      </c>
+      <c r="H9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>81</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>57</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>82</v>
+      </c>
+      <c r="H10" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>39</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>85</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>86</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>87</v>
+      </c>
+      <c r="H11" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>39</v>
+      </c>
+      <c r="B12" t="s">
+        <v>89</v>
+      </c>
+      <c r="C12" t="s">
+        <v>90</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>91</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>92</v>
+      </c>
+      <c r="H12" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>39</v>
+      </c>
+      <c r="B13" t="s">
+        <v>94</v>
+      </c>
+      <c r="C13" t="s">
+        <v>95</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>96</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>97</v>
+      </c>
+      <c r="H13" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>39</v>
+      </c>
+      <c r="B14" t="s">
+        <v>99</v>
+      </c>
+      <c r="C14" t="s">
+        <v>100</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>57</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>101</v>
+      </c>
+      <c r="H14" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>39</v>
+      </c>
+      <c r="B15" t="s">
+        <v>103</v>
+      </c>
+      <c r="C15" t="s">
+        <v>104</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>105</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>106</v>
+      </c>
+      <c r="H15" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>39</v>
+      </c>
+      <c r="B16" t="s">
+        <v>108</v>
+      </c>
+      <c r="C16" t="s">
+        <v>109</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>110</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>111</v>
+      </c>
+      <c r="H16" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>39</v>
+      </c>
+      <c r="B17" t="s">
+        <v>113</v>
+      </c>
+      <c r="C17" t="s">
+        <v>114</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>115</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>116</v>
+      </c>
+      <c r="H17" t="s">
         <v>117</v>
       </c>
-      <c r="B5" t="s">
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" t="s">
+        <v>118</v>
+      </c>
+      <c r="C18" t="s">
+        <v>119</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>120</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>121</v>
+      </c>
+      <c r="H18" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>39</v>
+      </c>
+      <c r="B19" t="s">
+        <v>123</v>
+      </c>
+      <c r="C19" t="s">
+        <v>124</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>125</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>126</v>
+      </c>
+      <c r="H19" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>39</v>
+      </c>
+      <c r="B20" t="s">
+        <v>128</v>
+      </c>
+      <c r="C20" t="s">
+        <v>129</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>130</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>131</v>
+      </c>
+      <c r="H20" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>39</v>
+      </c>
+      <c r="B21" t="s">
+        <v>133</v>
+      </c>
+      <c r="C21" t="s">
+        <v>134</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
         <v>135</v>
       </c>
-      <c r="C5" t="s">
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
         <v>136</v>
       </c>
-      <c r="D5" t="s">
+      <c r="H21" t="s">
         <v>137</v>
       </c>
-      <c r="E5" t="s">
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>39</v>
+      </c>
+      <c r="B22" t="s">
         <v>138</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="C22" t="s">
         <v>139</v>
       </c>
-      <c r="H5" t="s">
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>105</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
         <v>140</v>
+      </c>
+      <c r="H22" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>39</v>
+      </c>
+      <c r="B23" t="s">
+        <v>142</v>
+      </c>
+      <c r="C23" t="s">
+        <v>143</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>144</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>145</v>
+      </c>
+      <c r="H23" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>39</v>
+      </c>
+      <c r="B24" t="s">
+        <v>147</v>
+      </c>
+      <c r="C24" t="s">
+        <v>148</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>149</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>150</v>
+      </c>
+      <c r="H24" t="s">
+        <v>151</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>141</v>
+        <v>152</v>
       </c>
       <c r="J1" t="s">
-        <v>142</v>
+        <v>153</v>
       </c>
       <c r="K1" t="s">
-        <v>143</v>
+        <v>154</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>144</v>
+        <v>155</v>
       </c>
       <c r="B2" t="s">
-        <v>145</v>
+        <v>156</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>146</v>
+        <v>157</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>147</v>
+        <v>158</v>
       </c>
       <c r="H2" t="s">
-        <v>148</v>
+        <v>159</v>
       </c>
       <c r="I2" t="s">
-        <v>149</v>
+        <v>160</v>
       </c>
       <c r="J2" t="s">
-        <v>150</v>
+        <v>161</v>
       </c>
       <c r="K2" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="L2" t="s">
-        <v>152</v>
+        <v>163</v>
       </c>
       <c r="M2" t="s">
-        <v>153</v>
+        <v>164</v>
       </c>
       <c r="N2" t="s">
-        <v>154</v>
+        <v>165</v>
       </c>
       <c r="O2" t="s">
-        <v>155</v>
+        <v>166</v>
       </c>
       <c r="P2" t="s">
-        <v>156</v>
+        <v>167</v>
       </c>
       <c r="Q2" t="s">
-        <v>157</v>
+        <v>168</v>
       </c>
       <c r="R2" t="s">
-        <v>158</v>
+        <v>169</v>
       </c>
       <c r="S2" t="s">
-        <v>159</v>
+        <v>170</v>
       </c>
       <c r="T2" t="s">
-        <v>160</v>
+        <v>171</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>