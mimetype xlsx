--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,167 +9,530 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="232" uniqueCount="143">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>09/12/2019 11:28:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme en post-partum</t>
+  </si>
+  <si>
+    <t>Il est important d’aborder la contraception et d’informer les femmes sur les méthodes possibles au cours de la grossesse et de la proposer en post-partum immédiat. La consultation du post-partum (6 à 8 semaines après l’accouchement) doit permettre de confirmer le choix contraceptif, son renouvellement éventuel, sa surveillance ou la pose d’un dispositif de longue durée (DIU, implant).</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
+    <t>https://www.has-sante.fr/jcms/c_1369193/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>c_1369193</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme à risque cardiovasculaire</t>
+  </si>
+  <si>
+    <t>La contraception chez une femme à risque cardiovasculaire n’est pas une prescription anodine. La Haute Autorité de santé (HAS) publie une nouvelle fiche mémo pour aider les professionnels de santé à proposer la contraception la plus adaptée aux contre indications présentées : antécédents, pathologies ou facteurs de risque. Cette fiche est fondée sur les critères établis par l’Organisation mondiale de la santé adaptés au contexte français.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638478/fr/contraception-chez-la-femme-a-risque-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>c_1638478</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception : prescriptions et conseils aux femmes</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752432/fr/contraception-prescriptions-et-conseils-aux-femmes</t>
+  </si>
+  <si>
+    <t>c_1752432</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme adulte et de l'adolescente en âge de procréer (hors post-partum et post-IVG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752542/fr/contraception-chez-la-femme-adulte-et-de-l-adolescente-en-age-de-procreer-hors-post-partum-et-post-ivg</t>
+  </si>
+  <si>
+    <t>c_1752542</t>
+  </si>
+  <si>
+    <t>Stérilisation à visée contraceptive chez l’homme et chez la femme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752765/fr/sterilisation-a-visee-contraceptive-chez-l-homme-et-chez-la-femme</t>
+  </si>
+  <si>
+    <t>c_1752765</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme après une interruption volontaire de grossesse (IVG)</t>
+  </si>
+  <si>
+    <t>La reprise de la fertilité après une IVG est immédiate ; une contraception efficace est donc indispensable dès la réalisation de l’IVG. Une information sur la contraception doit être délivrée lors de la consultation pré-IVG.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753312/fr/contraception-chez-la-femme-apres-une-interruption-volontaire-de-grossesse-ivg</t>
+  </si>
+  <si>
+    <t>c_1753312</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754842/fr/contraception-d-urgence</t>
+  </si>
+  <si>
+    <t>c_1754842</t>
+  </si>
+  <si>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Embryo-Foetopathie au Valproate</t>
+  </si>
+  <si>
+    <t>L‘objectif de ce protocole national de diagnostic et de soins (PNDS) est d‘expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d‘Embryo-Foetopathie au Valproate.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751900/fr/embryo-foetopathie-au-valproate</t>
+  </si>
+  <si>
+    <t>c_2751900</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Boulimie et hyperphagie boulimique : Repérage et éléments généraux de prise en charge</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation est d'améliorer le repérage, le diagnostic, la prise en charge et le suivi des adolescents et des adultes souffrant de boulimie ou d‘hyperphagie boulimique.</t>
+  </si>
+  <si>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/fr/boulimie-et-hyperphagie-boulimique-reperage-et-elements-generaux-de-prise-en-charge</t>
   </si>
   <si>
     <t>c_2581436</t>
   </si>
   <si>
-    <t>Fibromyalgia in adults: Diagnostic process and treatment strategy</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 14:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
+  </si>
+  <si>
+    <t>Syndrome Post-Poliomyélitique et effet du vieillissement chez les personnes atteintes de séquelles de Poliomyélite Antérieure Aiguë</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome post-polio (SPP) ou de complications liées au vieillissement chez un patient porteur de séquelles de PAA. Il a été élaboré par le Centre de référence pour les maladies neuromusculaires et la SLA de Marseille à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/08/2022 13:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351803/fr/syndrome-post-poliomyelitique-et-effet-du-vieillissement-chez-les-personnes-atteintes-de-sequelles-de-poliomyelite-anterieure-aigue</t>
+  </si>
+  <si>
+    <t>p_3351803</t>
+  </si>
+  <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Interféronopathies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’interféronopathie. Il a été élaboré sous l’égide du Centre de Référence des Rhumatismes inflammatoires, maladies Auto-immunes et Interféronopathies Systémiques de l'Enfant RAISE et des Filières des maladies auto-immunes et auto-inflammatoires rares FAI²R des maladies rares du système nerveux central BRAIN-TEAM à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/11/2024 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555029/fr/interferonopathies</t>
+  </si>
+  <si>
+    <t>p_3555029</t>
+  </si>
+  <si>
+    <t>Syndrome Kleine-Levin</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome Kleine-Levin. Il a été élaboré par le Centre de Référence Narcolepsies et Hypersomnies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292295/fr/syndrome-kleine-levin</t>
+  </si>
+  <si>
+    <t>p_3292295</t>
+  </si>
+  <si>
+    <t>Syndrome de l’X Fragile</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint du Syndrome de l'X fragile (FXS). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264437/fr/syndrome-de-l-x-fragile</t>
+  </si>
+  <si>
+    <t>p_3264437</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Efficacité des méthodes contraceptives</t>
+  </si>
+  <si>
+    <t>17/05/2014 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757924/fr/efficacite-des-methodes-contraceptives</t>
+  </si>
+  <si>
+    <t>c_1757924</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H29"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -194,58 +557,734 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>20</v>
       </c>
-      <c r="H3" t="s">
+      <c r="C4" t="s">
         <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>27</v>
+      </c>
+      <c r="H5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>29</v>
+      </c>
+      <c r="C6" t="s">
+        <v>26</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>30</v>
+      </c>
+      <c r="H6" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>22</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>36</v>
+      </c>
+      <c r="C8" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>22</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>38</v>
+      </c>
+      <c r="H8" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>40</v>
+      </c>
+      <c r="C9" t="s">
+        <v>41</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>42</v>
+      </c>
+      <c r="H9" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C10" t="s">
+        <v>26</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>45</v>
+      </c>
+      <c r="H10" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>47</v>
+      </c>
+      <c r="C11" t="s">
+        <v>21</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>22</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>48</v>
+      </c>
+      <c r="H11" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>50</v>
+      </c>
+      <c r="C12" t="s">
+        <v>21</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>22</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>51</v>
+      </c>
+      <c r="H12" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>53</v>
+      </c>
+      <c r="B13" t="s">
+        <v>54</v>
+      </c>
+      <c r="C13" t="s">
+        <v>55</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>56</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H13" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>59</v>
+      </c>
+      <c r="C14" t="s">
+        <v>60</v>
+      </c>
+      <c r="D14" t="s">
+        <v>61</v>
+      </c>
+      <c r="E14" t="s">
+        <v>62</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>63</v>
+      </c>
+      <c r="H14" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>53</v>
+      </c>
+      <c r="B15" t="s">
+        <v>65</v>
+      </c>
+      <c r="C15" t="s">
+        <v>66</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>67</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>68</v>
+      </c>
+      <c r="H15" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>53</v>
+      </c>
+      <c r="B16" t="s">
+        <v>70</v>
+      </c>
+      <c r="C16" t="s">
+        <v>71</v>
+      </c>
+      <c r="D16" t="s">
+        <v>72</v>
+      </c>
+      <c r="E16" t="s">
+        <v>73</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>74</v>
+      </c>
+      <c r="H16" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" t="s">
+        <v>76</v>
+      </c>
+      <c r="C17" t="s">
+        <v>77</v>
+      </c>
+      <c r="D17" t="s">
+        <v>78</v>
+      </c>
+      <c r="E17" t="s">
+        <v>79</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>80</v>
+      </c>
+      <c r="H17" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>53</v>
+      </c>
+      <c r="B18" t="s">
+        <v>82</v>
+      </c>
+      <c r="C18" t="s">
+        <v>83</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>84</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>85</v>
+      </c>
+      <c r="H18" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>53</v>
+      </c>
+      <c r="B19" t="s">
+        <v>87</v>
+      </c>
+      <c r="C19" t="s">
+        <v>88</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>89</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>90</v>
+      </c>
+      <c r="H19" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>8</v>
+      </c>
+      <c r="B20" t="s">
+        <v>92</v>
+      </c>
+      <c r="C20" t="s">
+        <v>93</v>
+      </c>
+      <c r="D20" t="s">
+        <v>94</v>
+      </c>
+      <c r="E20" t="s">
+        <v>95</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>96</v>
+      </c>
+      <c r="H20" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>53</v>
+      </c>
+      <c r="B21" t="s">
+        <v>98</v>
+      </c>
+      <c r="C21" t="s">
+        <v>99</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>100</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>101</v>
+      </c>
+      <c r="H21" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>53</v>
+      </c>
+      <c r="B22" t="s">
+        <v>103</v>
+      </c>
+      <c r="C22" t="s">
+        <v>104</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>105</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>106</v>
+      </c>
+      <c r="H22" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>53</v>
+      </c>
+      <c r="B23" t="s">
+        <v>108</v>
+      </c>
+      <c r="C23" t="s">
+        <v>109</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>110</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>111</v>
+      </c>
+      <c r="H23" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>53</v>
+      </c>
+      <c r="B24" t="s">
+        <v>113</v>
+      </c>
+      <c r="C24" t="s">
+        <v>114</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>115</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>116</v>
+      </c>
+      <c r="H24" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>8</v>
+      </c>
+      <c r="B25" t="s">
+        <v>118</v>
+      </c>
+      <c r="C25" t="s">
+        <v>119</v>
+      </c>
+      <c r="D25" t="s">
+        <v>120</v>
+      </c>
+      <c r="E25" t="s">
+        <v>121</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>122</v>
+      </c>
+      <c r="H25" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>53</v>
+      </c>
+      <c r="B26" t="s">
+        <v>124</v>
+      </c>
+      <c r="C26" t="s">
+        <v>125</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>126</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>127</v>
+      </c>
+      <c r="H26" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>53</v>
+      </c>
+      <c r="B27" t="s">
+        <v>129</v>
+      </c>
+      <c r="C27" t="s">
+        <v>130</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>89</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>131</v>
+      </c>
+      <c r="H27" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>53</v>
+      </c>
+      <c r="B28" t="s">
+        <v>133</v>
+      </c>
+      <c r="C28" t="s">
+        <v>134</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>135</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>136</v>
+      </c>
+      <c r="H28" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>138</v>
+      </c>
+      <c r="B29" t="s">
+        <v>139</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>140</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>141</v>
+      </c>
+      <c r="H29" t="s">
+        <v>142</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>