--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -1,254 +1,332 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="65" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="73">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>06/22/2009 15:40:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Obésité : prise en charge chirurgicale chez l'adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectifs : d'améliorer l’efficacité à long terme de la chirurgie et réduire la survenue des complications par : une meilleure sélection, information et préparation des patients le choix de la technique apportant le meilleur rapport bénéfice/risque chez les patients sélectionnés une meilleure formalisation de la constitution et du rôle de l’équipe pluridisciplinaire de réduire la gravité des complications par leur détection et leur prise en charge précoces. Les questions auxquelles répondent les recommandations sont les suivantes : Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une intervention chirurgicale initiale Les indications actuelles de la chirurgie bariatrique doivent-elles être revues ? Quels doivent être les modalités et le contenu de l’évaluation et de la prise en charge préopératoires du patient ? Quels critères doit-on prendre en compte pour le choix des techniques chirurgicales ? Quels doivent être les modalités et le contenu du suivi et de la prise en charge postopératoires du patient ? Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une réintervention chirurgicale.</t>
+  </si>
+  <si>
+    <t>28/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2009 15:40:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
+    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983753/en/lanzor</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cushing. Il a été élaboré par le Centre de Référence des maladies rares de la surrénale à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403771/fr/syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>p_3403771</t>
+  </si>
+  <si>
+    <t>Syndrome Kleine-Levin</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome Kleine-Levin. Il a été élaboré par le Centre de Référence Narcolepsies et Hypersomnies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292295/fr/syndrome-kleine-levin</t>
+  </si>
+  <si>
+    <t>p_3292295</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
+  </si>
+  <si>
+    <t>17/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2008 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722917/fr/ald-hors-liste-syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>c_722917</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 - Place du vaccin NUVAXOVID (NVX-CoV2373)</t>
+  </si>
+  <si>
+    <t>Le vaccin Nuvaxovid, développé par la firme Novavax contre la Covid-19, est un vaccin à protéine recombinante (vaccin NVX-CoV2373). Il est indiqué en primovaccination chez les personnes âgées de 18 ans et plus. La HAS considère que la mise à disposition de ce nouveau vaccin ayant fait la preuve de son efficacité et de sa sécurité dans la production d’anciens vaccins, peut constituer un outil supplémentaire et être utilisé dans la stratégie vaccinale. Il pourrait ainsi contribuer à augmenter la couverture vaccinale sur le territoire national.</t>
+  </si>
+  <si>
+    <t>06/01/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>14/01/2022 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309579/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-nuvaxovid-nvx-cov2373</t>
+  </si>
+  <si>
+    <t>p_3309579</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>LANZOR (lansoprazole)</t>
+  </si>
+  <si>
+    <t>12/11/2020 15:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983753/fr/lanzor-lansoprazole</t>
   </si>
   <si>
     <t>pprd_2983753</t>
   </si>
   <si>
     <t>lansoprazole</t>
   </si>
   <si>
     <t>SANOFI-AVENTIS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398985/en/lanzor-30-mg-microgranules-gastro-resistant-en-gelule-b/7-b/14-b/60</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984969/en/ogast-ogastoro</t>
+    <t>https://www.has-sante.fr/jcms/c_398985/fr/lanzor-30-mg-microgranules-gastro-resistant-en-gelule-b/7-b/14-b/60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399434/fr/lanzor-15-mg-microgranules-gastro-resistants-en-gelule-b/15-b/30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399749/fr/lanzor-15-mg-microgranules-gastroresistants-en-gelule-sous-plaquettes-thermoformees-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399750/fr/lanzor-30-mg-microgranules-gastroresistants-en-gelule-sous-plaquette-thermoformee-boite-de-7-boite-de-14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_622222/fr/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763753/fr/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332059/fr/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2741824/fr/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215600/fr/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>OGAST - OGASTORO (lansoprazole)</t>
+  </si>
+  <si>
+    <t>12/11/2020 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984969/fr/ogast-ogastoro-lansoprazole</t>
   </si>
   <si>
     <t>pprd_2984969</t>
   </si>
   <si>
     <t>TAKEDA FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398905/en/ogast-lansoprazole</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3215582/en/ogast-ogastoro</t>
+    <t>https://www.has-sante.fr/jcms/c_398905/fr/ogast-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399643/fr/ogast-15-mg-microgranule-gastroresistant-en-gelule-sous-plaquettes-thermoformees-b/30-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399644/fr/ogast-30-mg-microgranule-gastroresistant-en-gelule-b/7-b/14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1335893/fr/ogast-ogastoro-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763768/fr/ogast-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_622226/fr/ogast-ogastoro-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679422/fr/ogast-ogastoro-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399446/fr/ogast15-mg-microgranules-gastro-resistants-en-gelule-b/15-b/30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215582/fr/ogast-ogastoro-lansoprazole</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -275,202 +353,386 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D4" t="s">
+        <v>29</v>
+      </c>
+      <c r="E4" t="s">
+        <v>30</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>31</v>
+      </c>
+      <c r="H4" t="s">
+        <v>32</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D2" t="s">
+        <v>36</v>
+      </c>
+      <c r="E2" t="s">
+        <v>37</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>38</v>
+      </c>
+      <c r="H2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:S3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="J1" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="K1" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="I2" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="J2" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="K2" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="L2" t="s">
-        <v>27</v>
+        <v>51</v>
       </c>
       <c r="M2" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="N2" t="s">
-        <v>29</v>
+        <v>53</v>
       </c>
       <c r="O2" t="s">
-        <v>30</v>
+        <v>54</v>
       </c>
       <c r="P2" t="s">
-        <v>31</v>
+        <v>55</v>
       </c>
       <c r="Q2" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
       <c r="R2" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="S2" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="B3" t="s">
-        <v>35</v>
+        <v>59</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="H3" t="s">
-        <v>38</v>
+        <v>62</v>
       </c>
       <c r="I3" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="J3" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="K3" t="s">
-        <v>40</v>
+        <v>64</v>
       </c>
       <c r="L3" t="s">
-        <v>41</v>
+        <v>65</v>
       </c>
       <c r="M3" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="N3" t="s">
-        <v>43</v>
+        <v>67</v>
       </c>
       <c r="O3" t="s">
-        <v>44</v>
+        <v>68</v>
       </c>
       <c r="P3" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="Q3" t="s">
-        <v>46</v>
+        <v>70</v>
       </c>
       <c r="R3" t="s">
-        <v>47</v>
+        <v>71</v>
       </c>
       <c r="S3" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>