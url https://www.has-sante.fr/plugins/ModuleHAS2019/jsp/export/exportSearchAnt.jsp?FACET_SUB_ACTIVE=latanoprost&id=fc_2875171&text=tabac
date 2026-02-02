--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>01/07/2006 11:28:00</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Glaucoma: screening and early diagnosis – problems and outlook in France</t>
+  </si>
+  <si>
+    <t>To summarize and comment on the current status of key clinical and economic data on glaucoma. The report reviews data on the history and epidemiology of glaucoma, problems posed by diagnosis and treatment in France, the relevance of screening, and health professionals’ expectations.</t>
+  </si>
+  <si>
+    <t>07/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2006 11:28:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_500229/fr/depistage-et-diagnostic-precoce-du-glaucome-problematique-et-perspectives-en-france</t>
+    <t>https://www.has-sante.fr/jcms/c_500229/en/glaucoma-screening-and-early-diagnosis-problems-and-outlook-in-france</t>
   </si>
   <si>
     <t>c_500229</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>